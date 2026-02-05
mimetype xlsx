--- v0 (2025-10-16)
+++ v1 (2026-02-05)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3506" uniqueCount="1370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7177" uniqueCount="2754">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1121,50 +1121,286 @@
     <t>Altera a Lei Ordinária n°5.109/2025."Programa Comunidade Integrada e da outras Providências."</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_02_obrigatoriedade_divulgacao_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de divulgação, em portal eletrônico, da informações relativas às ementas impositivas de execução obrigatória destinadas ao Município de Cataguases e dá outras providências.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/437/asaf_assinado_2.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Cataguases, a reserva de um dia, dentro das programações municipais, destinado ao público cristão, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/477/altera_dispositivo_do_artigo_6o_da_lei_municipal_de_no_4.576_de_17_de_marco_de_2019.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo do artigo 6º da Lei municipal de nº 4.576 de 17 de março de 2019.</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/480/aprova_contrato_com_do_consorcio_interfederativo_minas_gerais-ciminas_e_da_associacao_dos_municipios_integrados_minas_geraisamimg..pdf</t>
+  </si>
+  <si>
+    <t>Aprova contrato com do Consórcio Interfederativo Minas Gerais-CIMINAS e da Associação dos Municípios Integrados Minas Gerais–AMIMG.</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_no_042-25_dispoe_sobre_o_repasse_de_incentivo_financeiro_por_desempenho_constante_da_portaria_gmms_no_3.493_de_10_de_abril_de_2024_1_a.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o repasse de incentivo financeiro por desempenho constante da Portaria GM/MS Nº 3.493, de 10 de abril de 2024, que autoriza o repasse e pagamento da Gratificação por Desempenho de equipe de Estratégia da Família e equipe Multidisciplinar, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>519</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/519/projto_de_lei_no_047-25_consede_isencao_de_itbi_1.pdf</t>
+  </si>
+  <si>
+    <t>Concede isenção do Imposto sobre Transmissão Inter Vivos, por ato oneroso, de bens imóveis e de direito a eles relativos (ITBI), aos beneficiários do Programa Minha Casa, Minha Vida, conforme especifica.</t>
+  </si>
+  <si>
+    <t>525</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_de_doacao_do_terreno_minha_casa_minha_vida.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza doação de imóvel urbano situado no Município de Cataguases/MG à empresa PAVLIX Engenharia Construções Ltda, para fins de construção de unidades habitacionais destinadas à população de baixa renda, no âmbito do Programa Minha Casa, Minha Vida (PMCMV), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>535</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/535/insencao_de_iptu.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de isenção do Imposto Predial e Territorial Urbano – IPTU aos contribuintes municipais quando houver ausência prolongada de serviços públicos essenciais em suas vias, e dá outras providências</t>
+  </si>
+  <si>
+    <t>550</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/550/projeto_de_lei_fanfarra_senai_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Declara Patrimônio Cultural Imaterial do Município de Cataguases a FANFARRA DO SENAI e dá outras providências.</t>
+  </si>
+  <si>
+    <t>554</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/554/pl_alerta_clima_no_municipio_-1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal "Alerta Clima na Escola", cria o Mapa Colaborativo de Riscos e Soluções Climáticas e estabelece diretrizes para a participação da comunidade escolar no planejamento de ações de resiliência urbana.</t>
+  </si>
+  <si>
+    <t>565</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_lei_no_049-25_dispoe_sobre_abertura_de_credito_especial_ao_orcamento_vigente_no_valor_de_r_10.00000__a.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre abertura de Crédito Especial ao Orçamento vigente no valor de R$ 10.000,00 (dez mil reais) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_reconhece_e_institui_o_dia_da_cultura_gospel_no_ambito_do_municipio_de_cataguases2c_e_da_outras_providencias._assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece e institui o Dia da Cultura Gospel no âmbito do Município de Cataguases, e dá outras providências</t>
+  </si>
+  <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/570/institui_o_programa_cataguases_cidade_inclusiva_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa “Cataguases Cidade Inclusiva”, estabelece a presença de pessoal capacitado em Língua Brasileira de Sinais (Libras) em estabelecimentos de atendimento ao público, cria o Selo de Acessibilidade Comunicacional no âmbito do Município de Cataguases, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/609/cristo_vive_projeto.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de Utilidade Pública Municipal à Associação Cristo Vive em Cataguases e dá_x000D_
+outras providências</t>
+  </si>
+  <si>
+    <t>625</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/625/institui2c_no_ambito_do_municipio_de_cataguases2c_o_programa_e2809cbairro_limpo2c_comunidade_felize2809d2c_e_da_outras_providencias._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Cataguases, o Programa “Bairro Limpo, Comunidade Feliz”, e dá outras providências</t>
+  </si>
+  <si>
+    <t>626</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/626/dispoe_sobre_a_concessao_de_uso_de_espacos_publicos_municipais_a_entidades_sem_fins_lucrativos.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de uso de espaços públicos municipais a entidades sem fins lucrativos, com finalidade de exploração comercial temporária durante a realização de eventos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/631/ilovepdf_merged_1_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei municipal de nº 3.746/2009.</t>
+  </si>
+  <si>
+    <t>900</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_no_051-25_subvencao_apae_1_b.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza conceder subvenção à Associação de Pais e Amigos dos Excepcionais - APAE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>906</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_no_052-25_refis_2_a.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Recuperação Fiscal – Refis e dá outras providências.</t>
+  </si>
+  <si>
+    <t>916</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>VINÍCIUS MACHADO</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/916/pl_-_creche_sereno_tia_lyset_-_vinicius.pdf</t>
+  </si>
+  <si>
+    <t>Fica denominado de "Centro Municipal de Educação Infantil Tia Lyset" a Unidade Creche/Pró-Infância do Distrito de Sereno.</t>
+  </si>
+  <si>
+    <t>923</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/923/dispoe_sobre_a_modernizacao_e_reestruturacao_do_centro_cultural_eva_nil_do_municipio_de_cataguases_mg.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a modernização e reestruturação do Centro Cultural Eva Nil do Município de Cataguases/MG."</t>
+  </si>
+  <si>
+    <t>933</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_mulheres_guardias__assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal "Mulheres Guardiãs: Lideranças na Prevenção de Riscos", e dá outras providências.</t>
+  </si>
+  <si>
+    <t>940</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/940/projeto_de_lei_taxi_novo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Artigo 6º da Lei Municipal nº 4.958, de 2023, para adequá-lo à Legislação Federal vigente, especialmente à Lei Federal nº 15.271, de 26_x000D_
+de novembro de 2025, que alterou a Lei nº 12.468, de 26 de agosto de 2011, disciplinando a cessão de direitos decorrentes da outorga para exploração do Serviço de Táxi nos casos de falecimento ou incapacidade permanente do titular, e dá outras providências.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/314/pl_02_-_amplia_numero_psicologos.pdf</t>
   </si>
   <si>
     <t>Amplia o número de vagas de cargo de provimento efetivo da Prefeitura Municipal de Cataguases e dá outras providências.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>3</t>
   </si>
@@ -1198,138 +1434,206 @@
   <si>
     <t>Revoga integralmente o art. 30-A da Lei nº 3.815,_x000D_
 de 13 de abril de 2010 (Plano de Cargos, Carreiras_x000D_
 e Vencimentos dos Servidores da Câmara_x000D_
 Municipal de Cataguases), com a redação dada_x000D_
 pela Lei nº 4.313, de 2015, bem como as_x000D_
 disposições correlatas que perderam o objeto em_x000D_
 decorrência dessa revogação. Assegura aos_x000D_
 servidores municipais ativos o direito adquirido_x000D_
 relativo ao benefício previsto no referido artigo, e_x000D_
 dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/417/plc_-_estrutura_administrativa_cmc_-_md.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Administrativa da Câmara Municipal de Cataguases, cria cargos para provimento efetivo, estabelece a unificação da tabela de cargos efetivos e em comissão, define competências e dá outras providências.</t>
   </si>
   <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_complementar_novo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração do artigo 8º, a Classificação de Usos e Atividades_x000D_
+Comerciais, Industriais e de Serviços e o Quadro 3 da Lei Municipal nº2.427/1995.</t>
+  </si>
+  <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/14/pl_complementar_n_031-2025.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal n° 2.272 de 22 de dezembro de 1993, e o Decreto Municipal n° 2.579, de 13 de maio de 1998, que instituíram o Código Sanitário do Município de Cataguases , dispondo sobre as normas de higiene, saúde pública e fiscalização sanitária.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/50/camscanner_05-08-2025_08.43.pdf</t>
   </si>
   <si>
     <t>Cria e regulamenta os cargos do Núcleo de Vigilância em Saúde no âmbito da Secretaria Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/189/plc_34_-_institui_o_plano_plurianual_para_o_quadrienio_2026.2029.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual para o quadriênio 2026/2029 e dá outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_037-25_orcamentaria_2026.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Cataguases para o exercício financeiro de 2026 (LOA).</t>
   </si>
   <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_39.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a modernização da estrutura jurídica, finalidades institucionais e modelo de governança da Empresa de Manutenção e Tecnologia de Cataguases – EMATEC”.</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/474/projeto_de_lei_40-mesclado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a organização do Plano de Empregos, Desenvolvimento Funcional e Salários da Empresa de Manutenção e Tecnologia de Cataguases - EMATEC, estabelece normas gerais de desenvolvimento funcional, nova tabela salarial para seus empregados e dá outras_x000D_
+providências”.</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/478/altera_dispositivos_da_lei_municipal_de_n_4.740de10demarco_de_2021._2.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Municipal de n° 4.740de10demarço de 2021.</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_complementar_no_044-25_-_estrut_org._sec._seg_prev._mob._e_defesa_civil_1_a.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Secretaria Municipal de Segurança, Prevenção, Mobilidade e Defesa Civil, sobre a criação, organização e estrutura da Guarda Civil Municipal de Cataguases, corrige vinculações legais, reorganiza a estrutura de Defesa Civil e Trânsito e dá outras providências.</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_complementar_no_045-25_-_pccvs_assinado_1_a.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano de Cargos, Carreiras, Vencimentos e Salários – PCCVS da Secretaria Municipal de Segurança, Prevenção, Mobilidade e Defesa Civil do Município de Cataguaseses.</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/501/projeto_de_lei_complementar_no_046-2025_c.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Estatuto da Guarda Civil Municipal de Cataguases e dá outras providências.</t>
+  </si>
+  <si>
     <t>24</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>MARCOS DA COSTA GARCIA, ANA CRISTINA DOS SANTOS ROMÃO, ANTÔNIO GILMAR DE OLIVEIRA (Gilmar Canjica), FELIPE RAMOS VILAS SOUZA, FERNANDO MEDEIROS PEREIRA (Fernandinho de Sereno), FLÁVIO ALVES DE SOUSA (Flávinho Motoboy), GIOVANNI GROPO TOLEDO, HENRIQUE SILVA OLIVEIRA (Henrique Thurram), JOSIMAR BRANQUINHO DE ALMEIDA, JÚNIO ELIAS DA SILVA VALENTIM, RICARDO GERALDO DIAS, VINÍCIUS MACHADO, WILLIAN JOSÉ LOURENÇO JERÔNIMO (Willian da Asaf)</t>
+    <t>MARCOS DA COSTA GARCIA, ANA CRISTINA DOS SANTOS ROMÃO, ANTÔNIO GILMAR DE OLIVEIRA (Gilmar Canjica), FELIPE RAMOS VILAS SOUZA, FERNANDO MEDEIROS PEREIRA (Fernandinho de Sereno), FLÁVIO ALVES DE SOUSA (Flavinho Motoboy), GIOVANNI GROPO TOLEDO, HENRIQUE SILVA OLIVEIRA (Henrique Thurram), JOSIMAR BRANQUINHO DE ALMEIDA, JÚNIO ELIAS DA SILVA VALENTIM, RICARDO GERALDO DIAS, VINÍCIUS MACHADO, WILLIAN JOSÉ LOURENÇO JERÔNIMO (Willian da Asaf)</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/24/pelo_01-2025.pdf</t>
   </si>
   <si>
     <t>Acrescenta § 4°, incisos e alíneas ao Art. 117 da Lei Orgânica do Município de Cataguases e dá outras providências.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>38</t>
-[...1 lines deleted...]
-  <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/217/decreto_comenda_assinado-2_1.pdf</t>
   </si>
   <si>
     <t>Concede Comenda Municipal do Mérito Educacional Professor Ady Pereira Rezende à Professora Talita Aparecida de Oliveira Silva Carvalho</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>MARCOS DA COSTA GARCIA</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/218/decreto_lgislativo_comenda_educacional_marcos_costa.pdf</t>
   </si>
   <si>
     <t>Concede Comenda Municipal do Mérito Educacional Professor Ady Pereira de Resende à professora CÍNTIA DE SOUSA CARDOSO MEDEIROS</t>
   </si>
   <si>
     <t>252</t>
-  </si>
-[...1 lines deleted...]
-    <t>40</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/252/marcelo_delgado_assinada.pdf</t>
   </si>
   <si>
     <t>Concede Comenda Municipal do Mérito Educacional Professor Ady Pereira de Resende  ao Marcelo Martins Delgado</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/253/comenda_merito_ady_pereira_jussilene_belga_rodrigues.pdf</t>
   </si>
   <si>
     <t>Concede Comenda Municipal do Mérito Educacional Professor Ady Pereira de Resende a Professora JUSSILENE BELGA RODRIGUES</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/266/decreto_comenda_servidor_publico_vereador_marcos_costa_documentos1.pdf</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO_x000D_
 Concede Comenda Municipal do Mérito Servidor Público “Luiz Antônio Martins” a José Queiroz Filho</t>
@@ -1422,100 +1726,97 @@
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/306/merito_educacional_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Comenda Municipal do Mérito Educacional Professor_x000D_
 Ady Pereira de Resende à _x000D_
              Simone Andrade Cruz Proença</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/307/modelo_de_decreto_comenda_educacional_1_28229_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Comenda Municipal do Mérito Educacional Professor Ady Pereira Resende a Professora Márcia Cristina dos Santos.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>FLÁVIO ALVES DE SOUSA (Flávinho Motoboy)</t>
+    <t>FLÁVIO ALVES DE SOUSA (Flavinho Motoboy)</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/315/merito_educacional._2025_andreia_silvestre_da_silva_e_silva-mesclado_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Comenda  Municipal do Mérito Educacional Professor Ady Pereira de Resende a  Andréia Silvestre da Silva e Silva</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/319/decreto_comenda_servidor_assinado-1.pdf</t>
   </si>
   <si>
     <t>Concede Comenda Municipal do Mérito Servidor Público Luiz Antônio Martins a  Luiz Ideraldo Dutra Gonçalves</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/322/pl_servidor_2025-mesclado_assinado_2.pdf</t>
   </si>
   <si>
     <t>Fica concedido a Comenda Municipal do Mérito Servidor Público “Luiz Antônio Martins ao servidor:_x000D_
  Gilberto Cardoso Riguette.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/323/formulario_comenda_servidor_-_pdf.pdf</t>
   </si>
   <si>
     <t>Fica concedido a Comenda Municipal do Mérito Servidor Público “Luiz Antônio a servidora: Suely de Fátima Silva Moreira da Costa</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/324/decreto_comenda_servidor_gustavo__assinado.pdf</t>
   </si>
   <si>
     <t>Comenda Municipal do Mérito do Servidor Publico Luiz Antônio Martins a Gustavo Benini de Oliveira.</t>
   </si>
   <si>
     <t>326</t>
-  </si>
-[...1 lines deleted...]
-    <t>VINÍCIUS MACHADO</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_decreto_prof_ady_resende_2025_cristiane.pdf</t>
   </si>
   <si>
     <t>Concede Comenda Municipal do Mérito Educacional Professor Ady Pereira de Resende à professora: CRISTIANE FIALHO DE ALIAIS</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/327/comenda_servidor_-_jose_mario_assinado.pdf</t>
   </si>
   <si>
     <t>COMENDA MUNICIPAL DO MERITO SERVIDOR PUBLICO - " LUIZ ANTONIO MARTINS " a José Mario Dias Nascimento</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/335/ilovepdf_merged_2.pdf</t>
   </si>
   <si>
     <t>Comenda Municipal do Mérito do Servidor Público Luiz Antônio Martins a Simone de Sousa Montes</t>
   </si>
@@ -1685,241 +1986,218 @@
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/280/pr_08_-_institui_abono_natalino_-_md.pdf</t>
   </si>
   <si>
     <t>Institui o abono natalino na Câmara Municipal de Cataguases e dá outras providências.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/281/pr_09_-_altera_ri_-_md.pdf</t>
   </si>
   <si>
     <t>Altera Artigos, Incisos e acrescenta Título ao Regimento Interno da Câmara Municipal de Cataguases e dá outras providências.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_resolucao_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Orçamento Programa para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
-    <t>135</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/135/comissao_bem_estar_animal_assinado.pdf</t>
   </si>
   <si>
     <t>“Acrescenta Incisos aos Art. 63 e 65 do Regimento Interno da Câmara Municipal de Cataguases e dá outras providências”</t>
-  </si>
-[...1 lines deleted...]
-    <t>137</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/137/regimento_bem_estar_animal_assinado.pdf</t>
   </si>
   <si>
     <t>“Acrescenta alínea ao Inciso I do Art. 77 do Regimento Interno da Câmara Municipal de Cataguases e dá outras providências”</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/291/pr_-_revoga__resolucao_14-2014.pdf</t>
   </si>
   <si>
     <t>Revoga a Resolução nº 14, de 2014, da Câmara_x000D_
 Municipal de Cataguases, que regulamentou o_x000D_
 art. 30-A da Lei nº 3.815/2010 (Plano de Cargos,_x000D_
 Carreiras e Vencimentos dos Servidores da_x000D_
 Câmara Municipal).</t>
   </si>
   <si>
+    <t>930</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/930/pl_-_centro_administrativo_cmc_mauro_ruela_-_md.pdf</t>
+  </si>
+  <si>
+    <t>Fica denominado de "Vereador Mauro Ruela” o Centro Administrativo da Câmara_x000D_
+Municipal de Cataguases</t>
+  </si>
+  <si>
     <t>202</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/202/53_-_junio.pdf</t>
   </si>
   <si>
     <t>Audiência Pública para tratar do abuso na concessão de empréstimos oferecidos pelos bancos, especialmente aos idosos</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/340/91_-_maguinho.pdf</t>
   </si>
   <si>
     <t>Audiência Pública denúncias de poluição ambiental, fiscalização e planejamento ambiental no Município de Cataguases</t>
   </si>
   <si>
     <t>Requer do Poder Executivo o que segue em caráter de urgência: Informações sobre Processo Licitatório nº 74/2025, Pregão Eletrônico nº 42/2025 referente a fornecimento de medicamentos para a Farmácia Básica. Vereador CARLOS MAGNO DE MELO NÓBREGA.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/339/115_-_maguinho.pdf</t>
   </si>
   <si>
     <t>Audiência Pública Juventude</t>
   </si>
   <si>
-    <t>124</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_124-2025.pdf</t>
   </si>
   <si>
     <t>Informações sobre previsão de limpeza de córregos.</t>
   </si>
   <si>
-    <t>125</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_125-2025.pdf</t>
   </si>
   <si>
     <t>Informações sobre previsão de limpeza e recapeamento asfáltico dos Bairros: Miguel e Ana Carrara.</t>
   </si>
   <si>
-    <t>126</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_126-2025.pdf</t>
   </si>
   <si>
     <t>Informações sobre emissão de ruídos excessivos por motocicletas, transito irregular de bicicletas em calçadas.</t>
   </si>
   <si>
-    <t>127</t>
-[...1 lines deleted...]
-  <si>
     <t>Informações sobre a realização de estudo técnico para redutores de velocidade, faixa de pedestre e instalação de placas de sinalização na Avenida Antônio Justino Bairro Justino.</t>
   </si>
   <si>
     <t>Informação sobre a realização de estudo técnico para construção ou reparo de calçadas recapeamento asfáltico e instalação de placas de sinalização na Avenida Ministro José Fabrino Baião, Bairro Thomé.</t>
   </si>
   <si>
-    <t>129</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_129-2025.pdf</t>
   </si>
   <si>
     <t>Cópia do mapa da rede de esgoto de toda a extensão da Rua João Pessoa Bairro Vila Tereza.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_2025_assinado_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer que sejam prestadas as seguintes informações referentes à regularização fundiária urbana (REURB) do bairro Quilombo dos Palmares, no Distrito de Sereno, neste município:</t>
   </si>
   <si>
-    <t>131</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/69/contrato_esporte.pdf</t>
   </si>
   <si>
     <t>Requerimento de Urgência Solicitando informações sobre contratações pela administração municipal.</t>
   </si>
   <si>
-    <t>132</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/70/aplicativo.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, Maguinho Nóbrega, no uso de suas atribuições legais e regimentais, requer, com fundamento no Regimento Interno desta Casa, que seja encaminhado requerimento de urgência à Prefeitura Municipal de Cataguases, solicitando os seguintes esclarecimentos formais sobre a implantação do aplicativo “Cataguases Mais”:</t>
-  </si>
-[...1 lines deleted...]
-    <t>133</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/71/convocacao.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, Maguinho Nóbrega, no uso de suas atribuições legais e regimentais, requer, com fundamento do Regimento Interno, a tramitação em caráter de urgência, e a imediata convocação dos Secretários Municipais de Serviços Urbanos e de Obras, bem como da Coordenadora do Controle Interno do Município de Cataguases, para que compareçam em sessão plenária desta Casa Legislativa, a fim de prestarem esclarecimentos urgentes quanto aos seguintes pontos:</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_vinicius_convocacao_secretario_de_saude_mam.pdf</t>
   </si>
   <si>
     <t>Convocação do Secretário Municipal de Saúde, Sr. Vinicius Franzone, e da Interventora do Hospital de Cataguases, Sra. Grazielle Vecchi, _x000D_
 para que compareçam a esta Casa Legislativa, com o objetivo de prestar esclarecimentos sobre questões relacionadas à empresa MAM Soluções e Saúde _x000D_
 Ltda.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_vinicius_mam_documentacao_1.pdf</t>
   </si>
   <si>
     <t>Requerimento em CARÁTER DE URGÊNCIA.  Requer do Secretário de Saúde o que segue: informações e documentos_x000D_
 relativos à empresa MAM Soluções e Saúde Ltda, contratada por este Hospital.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/97/convocacao_secretaria_cultura.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições regimentais, requer, em caráter de urgência, a convocação da Secretária Municipal de Cultura e Turismo, Sra. Rosângela Lima, para comparecer a esta Casa Legislativa, a fim de prestar esclarecimentos sobre assuntos relacionados à pasta, conforme segue:</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/100/ascanio_lopes.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso das atribuições que lhe são conferidas pelo Regimento Interno desta Casa, requer, em caráter de urgência, a convocação da Secretária Municipal de Cultura e Turismo para comparecer a esta Casa Legislativa, a fim de prestar esclarecimentos acerca da não aplicação da Lei Municipal “Ascanio Lopes”, destinada ao incentivo e fomento à cultura local.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/101/saude.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso das atribuições que lhe são conferidas pelo Regimento Interno desta Casa, requer, em caráter de urgência, a convocação para comparecimento a esta Casa Legislativa dos seguintes representantes do Poder Executivo Municipal:_x000D_
 	•	Procurador Geral do Município;_x000D_
 	•	Secretário Municipal de Saúde;_x000D_
 	•	Coordenador(a) da Vigilância Epidemiológica;_x000D_
 	•	Coordenador(a) da Vigilância em Saúde (ou denominação equivalente).</t>
   </si>
   <si>
-    <t>123</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/123/lanches.pdf</t>
   </si>
   <si>
     <t>O vereador que este subscreve, Maguinho Nóbrega, no uso de suas atribuições legais e regimentais, requer, com fundamento no Regimento Interno desta Casa, que seja encaminhado requerimento de urgência, ao Prefeito Municipal e ao Setor de Licitação e Contratos, acerca do Pregão Eletrônico nº 065/2025 – Registro de Preços nº 065/2025, Processo Licitatório nº 143/2025, destinado à contratação de empresa especializada no fornecimento de kit lanches para atender às demandas das Secretarias da Prefeitura Municipal de Cataguases-MG, com valor estimado em R$ 3.195.074,30 (três milhões, cento e noventa e cinco mil, setenta e quatro reais e trinta centavos).</t>
   </si>
   <si>
     <t>CLCC - Comissão de Licitação, Compras e Contratos Público</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_28229_assinado_28229_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERER que sejam prestadas as seguintes informações referentes ao Processo Licitatório nº 143/2025, Pregão Eletrônico nº 065/2025, Registro de Preço nº 90065, que tem como objeto a contratação de empresa especializada no fornecimento de kits lanches para atender diversas secretarias da Prefeitura de Cataguases, no valor estimado de R$ 3.195.074,30:</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/129/intec_assinado.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições regimentais, vem respeitosamente REQUERER, em caráter de URGÊNCIA, que seja oficiado ao Prefeito Municipal de Cataguases e à Secretaria Municipal de Administração para que prestem informações detalhadas acerca do Primeiro Termo Aditivo ao Contrato Administrativo nº 016/2025, firmado com o Instituto de Pesquisa, Gestão e Tecnologia – CNPJ 11.105.473/0001-70, no valor de R$ 439.850,00 (quatrocentos e trinta e nove mil, oitocentos e cinquenta reais).</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/131/camara_assinada.pdf</t>
   </si>
   <si>
     <t>Requer com urgência da Mesa Diretora o que segue: Informações ao Plenário sobre a atual situação do Hospital, bem como a possibilidade de agendamento de audiência pública emergencial com a presença da Secretaria de Saúde, Interventora do Hospital, corpo clinico do hospital, Conselhos de classe e representantes da população. Requer também que seja enviado ofícios aos órgãos de controle e fiscalização comunicando a gravidade da situação e solicitando providências imediatas.</t>
@@ -2196,79 +2474,292 @@
   <si>
     <t>434</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo o que segue: Informações a respeito da regularização fundiária urbana (REURB) do Bairro Quilombo dos Palmares, no Distrito de Sereno, neste município.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_solicitacao_de_informacoes_sobre_projeto_tecnico_ou_estudo_para_regularizacao_das_calcadas_do_municipio_de_cataguases._assinado_2.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações sobre projeto técnico ou estudo para regularização das calçadas do Município de Cataguases.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_poda_de_arvores_assinado_1.pdf</t>
   </si>
   <si>
-    <t>Informação Podas de Arvores _x000D_
-URGENTE</t>
+    <t>Requer do Poder Executivo o que segue em caráter de urgência: Informações sobre as podas de árvores realizadas no Município.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_mesa_contratacao_empresa_2_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE EMPRESAS DE PRESTAÇÃO DE SERVIÇOS DE ASESORIA JURIDICA, CONTABIL, PROCESSOS LICITATORIOS E CORRELATOS</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_uregencia_-_02_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE AUDIENCIA PUBLICA</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_urgencia_poda_assinado.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE PEDIDO DE ENVIO DA COPIA DA NOTA FISCAL E EMPENHO DA EMPRESA TERRAPLENO TERRAPLANAGEM E CONSTRUÇÃO LTDA.</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_de_urgencia_arvore_marote_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Retirada de árvore Bairro Marote Risco de queda</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_vinicius_serv.urbanos.pdf</t>
+  </si>
+  <si>
+    <t>Informações sobre a destinação dos paralelepípedos retirados das vias públicas pela Empresa prestadora de serviços da COPASA-MG. Solicita, ainda detalhamento do local em que estão sendo armazenados e o motivo pelo qual os mesmos não estão sendo realocados na recomposição do piso das ruas do Município.</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_contratos_temporarios_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o que segue em caráter de urgência: 1. Relação completa de todos os servidores contratados temporariamente_x000D_
+que prestam serviços à Prefeitura Municipal de Cataguases, discriminados por Secretaria, setor de atuação, função e data de início do contrato; 2. Identificação dos contratos temporários que ultrapassaram o período de dois anos de vigência, conforme limite estabelecido pela Lei Federal nº_x000D_
+8.745/1993 (ou outra legislação aplicável); 3. Informação sobre a previsão e o cronograma para substituição ou regularização dos servidores que se encontram  em situação precária de vínculo temporário, seja por meio de concurso público, processo seletivo ou outra medida administrativa; 4. Esclarecimento sobre eventuais justificativas legais para a manutenção de contratos temporários além do prazo legal, caso existam.</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_placa_pague_menos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o que segue em caráter de urgência: Informações a respeito da placa de sinalização que permite a parada de veículos nas_x000D_
+proximidades da Farmácia Pague Menos, localizada na Rua Governador Valadares no Centro,</t>
+  </si>
+  <si>
+    <t>536</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/536/copasa.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE URGÊNCIA Nº    /2025_x000D_
+_x000D_
+Instalação de Comissão Especial de Inquérito – CEI da Água e do Esgoto_x000D_
+_x000D_
+Senhor Presidente,_x000D_
+Senhores Vereadores,_x000D_
+_x000D_
+Nos termos do Regimento Interno da Câmara Municipal e da Lei Orgânica do Município, requeiro, em caráter de urgência, a instalação de uma Comissão Especial de Inquérito (CEI) destinada a apurar possíveis irregularidades relacionadas aos serviços de abastecimento de água e implantação/manutenção da rede de esgoto no município de Cataguases, com os seguintes objetos:</t>
+  </si>
+  <si>
+    <t>547</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_vereador__gilmar_canjica___informacoes_a_respeito_de_requerimento_de_istalacao_dos_alongamentos_de_bracos_sol_nascente_reformulado.docx_2.pdf</t>
+  </si>
+  <si>
+    <t>1.Requer informações para saber se as trocas e instalações de alongamentos dos braços das luminárias nos postes da Rua Waldemar de Andrade em frente ao nº43 – Bairro: Sol Nascente já foram trocados e instalados pela empresa de iluminação Pública?_x000D_
+2. Caso não tenham sido trocados e instalados os alongamentos dos braços das luminárias, qual o motivo e razão de não terem realizado as trocas e instalações das luminárias nos respectivos postes?_x000D_
+3.Caso não tenham sido trocados ou instalados os alongamentos dos braços das luminárias, gostaria de saber se existe uma previsão para a troca e instalação das mesmas nos postes da referida Rua: Waldemar de Andrade em frente ao nº43 - Bairro Sol Nascente?</t>
+  </si>
+  <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/571/olicita_informacoes_ao_prefeito_municipal_e_ao_setor_de_controle_interno_sobre_o_nao_envio_e_a_nao_entrega_das_contas_de_agua_da_copasa_no_municipio_de_cataguases._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações ao Prefeito Municipal e ao Setor de Controle Interno sobre o não envio e a não entrega das contas de água da COPASA no município de Cataguases.</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_transporte_publico_convocacao_e_convite_assinado_2_assinado_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer que sejam convocados o Coordenador da CATRANS; Os servidores vinculados ao referido setor; Bem como sejam convidados os representantes legais das empresas de transporte coletivo TCL e Sereno Tur, a fim de prestar esclarecimentos acerca da concessão do transporte coletivo no Município de Cataguases</t>
+  </si>
+  <si>
+    <t>588</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/588/requerimento_licitacoes_2025_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo em caráter de urgência: Documentos e informações relativas a contratações e atas, período: janeiro a novembro de 2025</t>
+  </si>
+  <si>
+    <t>589</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_transporte_publico_no_municipio_de_cataguases_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo em caráter de urgência: informações relativas ao processo de licitação referente à concessão do transporte público no município de Cataguases</t>
+  </si>
+  <si>
+    <t>597</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_de_urgencia_-_3_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo em caráter de urgência: informações sobre a Operação Clonagem, deflagrada pelo Ministério Público na última quinta-feira dia 13 de novembro.</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/620/requerimento_vinicius_sec.desenvolvimento_social.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o que segue em caráter de urgência: Informações documentadas em relação aos critérios que serão utilizados na seleção dos beneficiados do Programa Minha Casa, Minha Vida que será implantado no Município.</t>
+  </si>
+  <si>
+    <t>624</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/624/requerimento_de_uergencia.pdf</t>
+  </si>
+  <si>
+    <t>Requer Audiência Pública, para discutir matéria do Substitutivo ao Projeto de Lei Complementar nº 09/2025, de autoria do Vereador Júnio Valentim.</t>
+  </si>
+  <si>
+    <t>886</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/886/requerimento_de_urgencia_do_substitutivo.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Urgência - Nos termos do Regimento Interno, o eu Vereador Júnio Valentim, requer, em regime de urgência, a realização de Audiência Pública para discussão do Substitutivo ao Projeto de Lei Complementar nº 09/2025, que Dispõe sobre alteração do § 2º do Artigo 8º, da Lei 5.067, de 21 de outubro de 2024, que Alterou o Artigo 1º da Lei nº 4.959/2023, que alterou o Artigo 1º da Lei nº 2.247/1995, Artigos 1º e 3º da Lei 5.001/2024, que dispõe sobre a classificação de Usos e Atividades Comerciais, Industriais e de Serviços, e revoga em sua totalidade a Lei Municipal nº 5.044/2024.</t>
+  </si>
+  <si>
+    <t>894</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/894/requerimento_sobre_banheiros_publicos_12_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o que segue em caráter de urgência:  Informações sobre a possível realização de um estudo técnico, jurídico e econômico que_x000D_
+viabilize a construção de banheiros públicos populares no Centro do Município de Cataguases.</t>
+  </si>
+  <si>
+    <t>896</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_de_urgencia_-_prefeitura_de_cataguases_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o que segue em caráter de urgência: Informações sobre o cálculo e pagamento de horas extras aos servidores públicos municipais</t>
+  </si>
+  <si>
+    <t>903</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_urgencia_-_prefeitura_de_cataguases_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Urgência - Requer pagamento de abono natalino para servidores</t>
+  </si>
+  <si>
+    <t>934</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_catrans_horario_de_onibus_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Requer do Poder Executivo o que segue em caráter de urgência: Informações sobre o serviço de transporte coletivo municipal (linhas urbanas e rurais), escalas de descanso e disponibilidade de veículos reservas.</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao.pdf</t>
   </si>
   <si>
     <t>Indicação n°1 Manutenção do escadão da Rua Américo Bairro Dico Leite.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_2.pdf</t>
   </si>
   <si>
     <t>Indicação n°2 Poda de árvores na Rua José Masieiro Bairro Primavera</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_62-2025.pdf</t>
   </si>
   <si>
     <t>Indicação n°62 Operação tapa buracos nas Ruas no Bairro Vila Reis.</t>
   </si>
@@ -2359,110 +2850,98 @@
 Que sejam tomadas as devidas providências, solicitar poda de árvores em toda extensão da Rua Manoel Barbosa no Bairro Ibraim. Em especial próximo à Escola Municipal José Soares Gonçalves.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao60_28229_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO _x000D_
 O Vereador que esta subscreve, no uso de suas atribuições, requer que após a tramitação regimental seja encaminhado ao Exmo. Senhor Prefeito José Henriques, a seguinte indicação: Que o SECRETÁRIO DE AGRICULTURA E MEIO AMBIENTE - RAFAEL RESENDE NOGUEIRA, possa atender a este vereador o que segue:_x000D_
 Que sejam tomadas as devidas providências, solicitar poda de árvores na Escola Municipal Enedina Prata no Bairro Paraiso.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao62_assinado.pdf</t>
   </si>
   <si>
     <t>INDICAÇÃO _x000D_
 O Vereador que esta subscreve, no uso de suas atribuições, requer que após a tramitação regimental seja encaminhado ao Exmo. Senhor Prefeito José Henriques, a seguinte indicação: Que o SECRETÁRIO DE AGRICULTURA E MEIO AMBIENTE - RAFAEL RESENDE NOGUEIRA, possa atender a este vereador o que segue:_x000D_
 Que sejam tomadas as devidas providências, solicitar poda de árvore na Rua Ormeu Botelho, 131 Bairro Bandeirantes</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_limpeza_colinas_13_assinado.pdf</t>
   </si>
   <si>
     <t>indicação limpeza Bairro Colinas</t>
   </si>
   <si>
-    <t>120</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_quebra_molas_sitio_sao_caio_assinado_2_gov.pdf</t>
   </si>
   <si>
     <t>Solicito  quebra molas no Bairro São Caio</t>
   </si>
   <si>
-    <t>121</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_limpeza_morada_da_serra__assinado.pdf</t>
   </si>
   <si>
     <t>indicação limpeza morada da serra</t>
   </si>
   <si>
-    <t>122</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/122/indicaa_a_o_nao_01__executivo__2025.pdf</t>
   </si>
   <si>
     <t>Solicitação para modernização da iluminação pública da Rua Cel. João Duarte – Calçadão , no centro da Cidade.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_00021..pdf</t>
   </si>
   <si>
     <t>Determinar, que a secretaria de serviços urbanos , proceda com pavimentação asfáltica em toda extensão da RUA DAVID TEIXEIRA referido( BECO DEOLINDA)AVENIDA SIZENANDO DUTRA DE SIQUEIRA, BAIRRO POPULAR, sem esquecer também de proceder com capina ,  limpeza e retirada de entulho em logradouros  públicos, com extrema urgência, a pedido dos  moradores que  necessitam desse importante serviço público, visando, assim, zelar pelo bem estar e segurança da população.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_n._33-2025_pdf.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo por meio da Secretaria competente, que proceda a operação tapa - buracos em toda extensão da Rua Sete localizada no Bairro Santa Clara, nesta Cidade de Cataguases-MG</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_n._32-2025_pdf.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo por meio da Secretaria competente, que proceda a operação tapa- buracos em toda extensão da Rua Vereador Célio Moreira da Costa (antiga Rua 11) - Bairro Santa Clara, nesta Cidade de Cataguases - MG.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_pavimentacao_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação de pavimentação asfáltica, seja colocação de pedras de paralelepípedo, seja a construção de lombada ou ondulação transversal para forçar a redução da velocidade dos veículos, seja encaminhando com frequência e várias vezes ao dia o caminhão com água - para “ACABAR” com o levantamento da POEIRA ao final da Avenida Teresa Cristina Bouçada Mauro.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_placa_aviso_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação de Instalação de uma placa informativa para a proibição de despejar lixos e entulhos na entrada da estrada que dá acesso à Ponte Sabiá.</t>
   </si>
   <si>
-    <t>190</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_major_vieira_502_assinado.pdf</t>
   </si>
   <si>
     <t>Retirada de árvore localizada  na Rua Major Vieira nº 502 (ao Lado do Super Nutre)</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_pavimentacao_asfaltica_na_avenida_meia_pacata_em_cataguases._assinado.pdf</t>
   </si>
   <si>
     <t>Realização de pavimentação asfáltica na Avenida Meia Pacata.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_indico_a_recomposicao_e_ampliacao_da_calcada_localizada_na_rua_pedro_dutra_no_bairro_bela_vista_bnh_assinado.pdf</t>
   </si>
   <si>
     <t>Indico a recomposição e ampliação da calçada localizada na Rua Pedro Dutra, no bairro Bela Vista (BNH</t>
   </si>
   <si>
     <t>197</t>
@@ -3130,51 +3609,933 @@
   <si>
     <t>449</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_-_ementa_solicita_a_retirada_de_entulhos_na_rua_joao_batista_de_aguiar_neto2c_zona_rural_e28093_cataguarino2c_proximo_ao_campo._assinado.pdf</t>
   </si>
   <si>
     <t>Solicita a retirada de entulhos na Rua João Batista de Aguiar Neto, ZonaRural – Cataguarino, próximo ao campo</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_n._43-2025_pdf.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo por meio da Secretaria de Serviços Urbanos de Cataguases a realização de serviços de limpeza e recapeamento asfáltico, em toda extensão da Avenida Ministro José Fabrino Baião - Bairro Thomé (Subida do Clube Unidão), nesta cidade de Cataguases – MG.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_recolocacao_de_pedras__assinado_3.pdf</t>
   </si>
   <si>
-    <t>Indicação manutenção de pavimentação Bairro Dico Leite</t>
+    <t>Recolocação das pedras de pavimentação que foram removidas por empresa responsável pela manutenção da rede de água, COPASA, durante a realização de um reparo por vazamento, na travessa da rua CLAUDIA MARIA, BAIRRO DICO LEITE, descida do morro.</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_25_gilmar_canjica_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Capina e limpeza em toda extensão dos seguintes BAIRROS: PAMPULHA, SÃO DINIZ, SÃO SEBASTIÃO ,MAROTE, SOL NASCENTE E POUSO ALEGRE.</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_26.pdf</t>
+  </si>
+  <si>
+    <t>Instalar um redutor de velocidade(quebra-molas) na RUA:DR.CAVALCANTI que vai de encontro com a RUA VERA LUCIA SIMÕES LOBO, BAIRRO: POPULAR.</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n._44-2025_pdf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo por meio da CATRANS de Cataguases, que seja realizado o reforço na remarcação da sinalização horizontal em toda a extensão das seguintes vias do Bairro Vila Minalda:_x000D_
+•	Rua Capitão Marcos _x000D_
+•	Rua Luiz Pinto da Silva _x000D_
+•	Rua dos Operários _x000D_
+•	Avenida Nicolau Siervi</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_reparo_rua_joao_dias_guimaraes_neto_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Reparo e manutenção da  Rua João Dias Neto Guimarães</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_boca_de_lobo_thurram_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Desentupimento de Boca de Lobo, na Gencerico G Oliveira – Bairro Dico Leite.</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_63_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Poda de árvores localizadas ao longo da Avenida Guido Marliere, Vila Domingos Lopes.</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_27_vereador_gilmar_canjica.docx.pdf</t>
+  </si>
+  <si>
+    <t>Determinar através da secretaria competente, que se faça uma limpeza geral em toda extensão da RUA SERAFIM SPÍNDOLA no BAIRRO POUSO ALEGRE, através de eficiente capina e retirada de entulhos nos logradouros públicos e retirada de lixos acumulados na encosta do Rio Meia Pataca que fica localizado no final da referida RUA, visando, assim, zelar pela saúde, bem estar e segurança da população.</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_limpeza_carijos_bairro_total_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Capina e Poda e manutenção do Bairro São Sebastião. A falta de manutenção tem causado_x000D_
+sérios transtornos aos moradores da região, incluindo acúmulo de lixo, mau cheiro, proliferação de insetos (Grande quantidade de pessoas com Dengue)</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_capina_e_poda_sao_sebastiao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Capina e Poda e manutenção do Bairro São Sebastião. A falta de manutenção tem causado sérios transtornos aos moradores da região, incluindo acúmulo de lixo, mau cheiro, proliferação de insetos (Grande quantidade de pessoas com Dengue).</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_tapa_buracos_aristobulo_machado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização operação Tapa-buracos na Rua Aristóbulo Machado, no Bairro São Sebastião, tendo em vista as más condições do asfalto,_x000D_
+que vêm causando transtornos aos moradores e motoristas que transitam pelo local.</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/485/indicacao_limpeza_linha_do_trem_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização urgente de serviços de limpeza e manutenção na via pública localizada na Rua Fernando_x000D_
+Peixoto/ Maria Fernandes de Barros (Linha do trem) no Bairro Vila Reis</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_sol_nascente_alvaro_mfranca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização operação Tapa-buracos na Rua Álvaro França e Rua Zelino Pinto da Silva Bairro Sol Nascente, tendo em vista as más condições_x000D_
+do asfalto, que vêm causando transtornos aos moradores e motoristas que transitam pelo local.</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_capina_bairro_sao_sucesso_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, no uso de suas atribuições legais e regimentais, vem_x000D_
+respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal, capina e Poda e_x000D_
+manutenção do Bairro São Sucesso, Rua Dedé Peixoto Ramos (MECA).</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_sitio_sao_caio_capina_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de serviços de limpeza urbana, incluindo capina varrição, retirada de entulhos poda de árvores e roçagem de mato, no Bairro Vila_x000D_
+Reis, Sitio São Caio.</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_-_meia_pataca_assinado.pdf</t>
+  </si>
+  <si>
+    <t>seja realizada a instalação de uma barreira de contenção nas proximidades da Avenida Meia Pataca, com o objetivo de conter o excesso de água próximo à calçada, que apresenta risco de desabamento em razão da aproximação do período chuvoso.</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_psf_primavera_correta__assinado_1_1.pdf</t>
+  </si>
+  <si>
+    <t>Poda urgente da arvore que dá fundos para o PSF do Bairro Primavera.</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_ibraim_correta__assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reparo de um buraco existente na Rua José Esteves, no Bairro Ibraim, em frente a pracinha</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_033_._2025_recuperacao_dos_meios-fios_do_bairro_sao_vicente_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realizar manutenção e recuperação dos meios-fios em todas as ruas do Bairro São Vicente, neste município.</t>
+  </si>
+  <si>
+    <t>515</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_28_vereador_gilmar_canjica.docx.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza geral e manutenção  em toda extensão da RUA JOAQUIM ORNELAS ARAUJOno BAIRRO PAMPULHA.</t>
+  </si>
+  <si>
+    <t>517</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_n._45-2025.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza, capina e roçar  toda a extensão do Bairro Ana Carrara, incluindo vias públicas e praça.</t>
+  </si>
+  <si>
+    <t>523</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_13.25.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa buracos, em toda extensão do Bairro SEBASTIÃO ADOLFO.</t>
+  </si>
+  <si>
+    <t>524</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_14.25.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa buracos, em toda extensão do Bairro Thomé.</t>
+  </si>
+  <si>
+    <t>528</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/528/solicita_poda_de_arvores_na_avenida_astolfo_dutra_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita poda de árvores na Avenida Astolfo Dutra, nº 22 – Centro</t>
+  </si>
+  <si>
+    <t>534</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_n._46-2025.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada  limpeza e capina em toda extensão do Bairro São Marcos.</t>
+  </si>
+  <si>
+    <t>537</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_praca_bahamas__assinado_2.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e reparos na Praça Manoel Inácio Peixoto</t>
+  </si>
+  <si>
+    <t>544</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_15.25.pdf</t>
+  </si>
+  <si>
+    <t>Capina e limpeza em todas as ruas do Bairro Menezes,  principalmente a Rua José Godinho.</t>
+  </si>
+  <si>
+    <t>548</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_-_5_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que se faça uma visita ao imóvel localizado a Rua Rabelo Horta n° 88, local este que está servindo de moradia de moradores de rua, causando perturbações, sujeira e insegurança para os moradores e pedestres que necessitam passar por aquele local.</t>
+  </si>
+  <si>
+    <t>549</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_-_6_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Capina em todo Bairro Bom Sucesso</t>
+  </si>
+  <si>
+    <t>557</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/557/guanabara_pavimentacao.pdf</t>
+  </si>
+  <si>
+    <t>Assunto: Pavimentação asfáltica da Rua André Rocha de Oliveira situada no Bairro Guanabara</t>
+  </si>
+  <si>
+    <t>563</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/563/indicacao_033_._2025_recuperacao_dos_meios-fios_do_bairro_sao_vicente_28129_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação dos meios-fios do Bairro São Vicente</t>
+  </si>
+  <si>
+    <t>564</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_034_-_2025_solicitacao_de_limpeza_geral_no_bairro_sao_vicente_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de limpeza geral no Bairro São Vicente</t>
+  </si>
+  <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_02_willian_da_asaf_28229_pouso_alegre_assinado.pdf</t>
+  </si>
+  <si>
+    <t>a retirada de entulhos e materiais inservíveis acumulados nas vias públicas do Bairro Pouso_x000D_
+Alegre.</t>
+  </si>
+  <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/569/indicacao_de_plantacao_de_arvores_no_bairro_sao_pedro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>plantação de árvores, especialmente nas Ruas Vander Batista e Domingos Vassalo no Bairro São Pedro.</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_036_._2025_rlimpeza_dos_bueiros_do_bairro_sao_vicente_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e desobstrução de bueiros no Bairro São Vicente</t>
+  </si>
+  <si>
+    <t>573</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_039_-_2025_limpeza_e_desobstrucao_de_bueiros_e28093_av._antonio_justino_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Poda de árvores – Rua Dr. José Pacheco de Medeiros, Vila São José, Bairro Justino</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/575/indicacao_038_-_2025_limpeza_e_desobstrucao_de_bueiros_e28093_ruas_cicero_cornelio_pinto_e_cassiano2c_bairro_riguete_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e desobstrução de bueiros – Ruas Cícero Cornélio Pinto e Cassiano, Bairro Riguete</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao_037_._2025_recapeamento_e_recuperacao_de_calcadas_e28093_rua_cassiano2c_bairro_riguete_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Recapeamento e recuperação de calçadas – Rua Cassiano, Bairro Riguete</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_040_-_2025_poda_das_arvores_localizadas_na_rua_dr._jose_pacheco_de_medeiros2c_na_vila_sao_jose2c_bairro_justino_28129_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e desobstrução de bueiros – Avenida Antônio Justino no bairro Justino</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao_66.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam adotadas providências quanto à composição de massa asfáltica na Rua Antônio Cunha , no Bairro Bom Pastor.</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/579/indicacao_64.pdf</t>
+  </si>
+  <si>
+    <t>Indicação-  Que sejam adotadas providências quanto à recomposição de massa asfáltica na Rua Fernando Amaral (Rua Treze), no Bairro Santa Clara.</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_65.pdf</t>
+  </si>
+  <si>
+    <t>Indicação - Que sejam adotadas providências quanto à recomposição de massa asfáltica na Rua André Rocha, no Bairro Guanabara.</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_035_._2025_recuperacao_dos_meios-fios_do_bairro_sao_vicente_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação dos meios-fios em todas as ruas do Bairro São Vicente</t>
+  </si>
+  <si>
+    <t>583</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_041_-_2025_pavimentacao_asfaltica_da_rua_dr._jose_pacheco_de_medeiros2c_localizada_na_vila_sao_jose2c_bairro_justino2c_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação asfáltica – Rua Dr. José Pacheco de Medeiros, Vila São José, Bairro Justino</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/584/indicacao_047_-_2025_limpeza_e_desobstrucao_de_bueiros_e28093_av._antonio_justino_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e desobstrução de bueiros – Avenida Antônio Justino no bairro Justino (Beira Linha Próximo aos Prédios)</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_2025_bairro_miguel_vereador_giovanni_gropo_toledo_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Realização de serviço de roçagem, limpeza e capina em toda extensão do Bairro Miguel.</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/586/ilovepdf_merged_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO VEREADOR GIOVANNI GROPO TOLEDO PROJETO DE LEI BOLSA ATLETA</t>
+  </si>
+  <si>
+    <t>590</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/590/indicacao_043_-_2025_patrolamento_e28093_trecho_do_bambu_amarelo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Patrolamento – Trecho do Bambu Amarelo após a ETE (Estação de Tratamento de Esgoto), Bairro Justino</t>
+  </si>
+  <si>
+    <t>591</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/591/indicacao_044_-_2025_trecho_apos_a_rua_cassiano2c_sentido_sitio_itajai_ate_o_sitio_do_cabral2c_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Trecho após a Rua Cassiano, sentido Sítio Itajaí até o Sítio do Cabral, próximo ao entroncamento da linha férrea</t>
+  </si>
+  <si>
+    <t>592</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_047_-_2025_limpeza_e_desobstrucao_de_bueiros_e28093_av._antonio_justino_28129_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e Desobstruçao de Bueiros na Avenida Antônio Justino no bairro Justino (Beira Linha Próximo aos Prédios)</t>
+  </si>
+  <si>
+    <t>593</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/593/indicacao_046_._2025_poda_das_arvores_localizadas_no_justino_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Poda de árvores no perímetro urbano do Bairro Justino</t>
+  </si>
+  <si>
+    <t>594</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/594/indicacao_041_-_2025_pavimentacao_asfaltica_da_rua_dr._jose_pacheco_de_medeiros2c_localizada_na_vila_sao_jose2c_bairro_justino2c_28229_assinado.pdf</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/595/indicacao_042_-_2025_solicitacao_de_limpeza_geral_no_bairro_justino_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicitaçao de Limpeza no bairro Justino</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/598/indicacoes_-_062025_catrans_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de 02 quebra-molas, um na Rua Gama Cerqueira em frente ao n°129 e outro na rua Carlos Inácio Peixoto em frente ao número 21</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_arvore_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Derrubada de duas árvores aparentemente mortas" na esquina final da rua Francisco gama do Vale, local próximo ao_x000D_
+depósito da Copasa.</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/600/indicacao_bueiro_3_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforma de uma tampa para um bueiro (boca de lobo)" localizada  na esquina final da rua Francisco Gama do Vale, local próximo ao depósito da Copasa.</t>
+  </si>
+  <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/601/indicacao_bueiro_2_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"INSTALAÇÃO de uma tampa para um bueiro (boca de lobo)"na esquina final da rua Francisco Gama do Vale, local próximo ao depósito da Copasa.</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_l_im_p_e_z_a_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Limpeza com a retirada dos entulhos acostados de forma irregular na entrada da estrada que dá acesso à região conhecida como Ponte do Sabiá."</t>
+  </si>
+  <si>
+    <t>608</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_-_7_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Poda das árvores da Rua Wanda da Silva e Rua do Hospital da Unimed no Município de Cataguases – MG.</t>
+  </si>
+  <si>
+    <t>611</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/611/de_poda_de_arvores_no_vila_reis2c_bela_vista_28bnh29_carijos_e_sao_caio._novembro._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Poda das árvores nos Bairro Vila Reis, Carijós e São Caio.</t>
+  </si>
+  <si>
+    <t>612</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/612/capina_e_a_limpeza_das_calcadas_dos_bairros_vila_reis2c_bela_vista_28bnh292c_carijos_e_sao_caio_novembro._assinado.pdf</t>
+  </si>
+  <si>
+    <t>Capina e a limpeza em toda a extensão da linha férrea,bem como a capina e a limpeza das calçadas dos bairros Vila Reis, Bela Vista (BNH), Carijós e_x000D_
+São Caio.</t>
+  </si>
+  <si>
+    <t>613</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/613/indicacao_n._47-2025_pdf.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e capina em toda extensão do Bairro Pouso Alegre, nesta Cidade de Cataguases - MG.</t>
+  </si>
+  <si>
+    <t>614</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/614/indicacao_n._48-2025_-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e capina em toda extensão do Bairro Menezes, incluindo praça e calçadas, nesta Cidade de Cataguases - MG.</t>
+  </si>
+  <si>
+    <t>615</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/615/indicacao_n._49-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo por meio da Secretaria de Serviços Urbanos, que seja realizada a limpeza e capina em toda extensão do Bairro Bandeirantes I, nesta Cidade de Cataguases - MG.</t>
+  </si>
+  <si>
+    <t>617</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/617/indicacao_n._52-2025_-_pdf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo por meio da Secretaria de Serviços Urbanos, que seja realizada operação tapa-buracos na Rua Sebastião Machado Araújo, no Bairro Santa Clara, nesta cidade de Cataguases - MG.</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/618/indicacao_n._51-2025_-pdf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo por meio da Secretaria de Serviços Urbanos, que seja realizada a limpeza e capina em toda extensão do Bairro Bandeirantes II, nesta Cidade de Cataguases - MG.</t>
+  </si>
+  <si>
+    <t>619</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao_n._50-2025_-_pdf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo por meio da Secretaria de Serviços Urbanos, que seja realizada a limpeza e capina em toda extensão do Bairro Morada da Serra, nesta Cidade de Cataguases - MG</t>
+  </si>
+  <si>
+    <t>621</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/621/indicacao_2025_bairro_colinas_r._prof._ant._amaro_dr._walter_gomes_rosa_vereador_giovanni_g_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Pavimentação em toda a extensão da Rua Prof. Antônio Amaro, bem como na Rua Dr. Walter Gomes Rosa, no Bairro Colinas.</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/628/indicacao_n._53-2025_-_pdf.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo que seja verificado junto a Catrans e Secretaria de Serviços Urbanos, a possibilidade de implantação de uma faixa de pedestres, bem como dispositivos de segurança viária que facilite a travessia na Avenida Manoel Inácio Peixoto, próximo ao nº 1.025 (Comunidade de Fé Abba Pai) no bairro Taquara Preta, neste Município</t>
+  </si>
+  <si>
+    <t>882</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n._54-2025.pdf</t>
+  </si>
+  <si>
+    <t>Sugere ao Poder Executivo que seja verificado junto a Secretaria de Serviços Urbanos, a substituição ou reparo das grades e do portão da quadra na (Praça Jacy de Abreu Lopes), denominada Pracinha do Menezes, neste Município de Cataguases – MG.</t>
+  </si>
+  <si>
+    <t>887</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_tapa_buracos_carijos_11_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Operação tapa-buracos nas Ruas Acre, Ceará, Minas Gerais, Sergipe, Espírito Santo, Rio de Janeiro, Bahia e Paraíba no Bairro Carijós.</t>
+  </si>
+  <si>
+    <t>888</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_poda_de_arvore_ibraim_11_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, no uso de suas atribuições regimentais, vem_x000D_
+respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal, por meio da Secretaria_x000D_
+de Ambiente, que seja realizada a poda de árvores no Bairro Ibrahim</t>
+  </si>
+  <si>
+    <t>889</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_capina_total_carijos_11_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Willian da Asaf, no uso de suas atribuições legais, vem por meio desta_x000D_
+indicar ao poder executivo, por meio da Secretária de Serviços Urbanos, a necessidade_x000D_
+de realização urgente de serviços de capina e manutenção no Bairro Carijós, nas Ruas_x000D_
+Acre, Ceará, Minas Gerias, Sergipe, Espírito Santo, Rio de Janeiro e Rua Paraíba.</t>
+  </si>
+  <si>
+    <t>890</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_retirada_de_lixo_marote_11_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O vereador que esta subscreve, no uso de suas atribuições regimentais, vem_x000D_
+respeitosamente indicar ao Excelentíssimo Senhor Prefeito Municipal, por meio_x000D_
+da Secretaria de Serviços Urbanos, que seja realizada a retirada de lixo e_x000D_
+entulhos no Bairro Marote.</t>
+  </si>
+  <si>
+    <t>891</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_muro_de_arrimo_sigismundo_ferreira_11_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legais e regimentais,_x000D_
+indica ao Excelentíssimo Senhor Prefeito Municipal, por meio da Secretaria_x000D_
+Municipal de Obras, que seja realizada a construção de um muro de arrimo na_x000D_
+Rua Sigismundo Ferreira no Bairro Vila Reis.</t>
+  </si>
+  <si>
+    <t>892</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_reparo_galeria_carijos_rua_sergipe_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Willian da Asaf, no uso de suas atribuições legais, vem por meio desta indicar ao_x000D_
+poder executivo, por meio da Secretária de Serviços Urbanos, a necessidade de realização_x000D_
+reparo na galeria de água localizada no Bairro Carijós, na Rua Sergipe.</t>
+  </si>
+  <si>
+    <t>893</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_poda_de_arvore_marote_11_assinado.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador Willian da Asaf, no uso de suas atribuições legais, vem por_x000D_
+meio deste, com o devido respeito e consideração, indicar ao Poder_x000D_
+Executivo que, por intermédio da Secretaria Municipal de Meio Ambiente,_x000D_
+seja realizada a poda das árvores no Bairro Marote.</t>
+  </si>
+  <si>
+    <t>898</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_limpeza_sebastiao_fonseca.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza (Capina) em toda extensão da Rua Sebastião Fonseca, no Bairro Primavera</t>
+  </si>
+  <si>
+    <t>918</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_capina_santa_clara_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Retirada de entulhos e roçagem de mato, no Bairro Santa Clara, Ruas Jovino Soares, Nelson Batista, Alberto Malachine, Rua sete, Vereador Célio Moreira da Costa, João Vieira de Carvalho, Milton Ventura Marinho e Sebastião Machado de Araújo.</t>
+  </si>
+  <si>
+    <t>919</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_-_8_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e capina de toda a extensão da Rua Professor Antônio Amaro no bairro Colinas</t>
+  </si>
+  <si>
+    <t>920</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_capina_sao_pedro_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Retirada de entulhos e roçagem de mato, no Bairro São Pedro, Ruas Nelson Bianchi, Vander Batista, Serafim Cabral, Edgar Coutinho e Carmelita Guimarães.</t>
+  </si>
+  <si>
+    <t>921</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/921/copia_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Incluir o Distrito de Sereno no benefício da gratuidade do transporte público aos domingos, da mesma forma como já ocorre no perímetro urbano do município.</t>
+  </si>
+  <si>
+    <t>922</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_09_assinado.pdf</t>
+  </si>
+  <si>
+    <t>limpeza completa em todo o Distrito de Sereno, incluindo: Retirada de entulhos; Roçada e capina em vias públicas; Limpeza de áreas comuns e margens de vias; Recolhimento de resíduos acumulados.</t>
+  </si>
+  <si>
+    <t>925</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/925/_b._colinas_e_colinas_ii_vereador_giovanni_gropo_toledo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO PARA LIMPEZA DA ÁREA VERDE E MANUTENÇÃO DE PODA NO BAIRRO COLINAS E COLINAS II</t>
+  </si>
+  <si>
+    <t>927</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/927/indicacao_2025_-_manutencao_na_praca_do_b._colinas_vereador_giovanni_gropo_toledo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO PARA REVITALIZAÇÃO DA PRAÇA DO BAIRRO JOÃO PAULO II</t>
+  </si>
+  <si>
+    <t>928</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_2025_-_manutencao_da_poda_no_b._colinas_vereador_giovanni_gropo_toledo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO PARA MANUTENÇÃO DA PODA EM TODO O BAIRRO JOÃO PAULO II</t>
+  </si>
+  <si>
+    <t>929</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/929/lote12_assinado.pdf</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO PARA REVITALIZAÇÃO DO LOTE 12 NO BAIRRO COLINAS II</t>
+  </si>
+  <si>
+    <t>935</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_melo_viana.pdf</t>
+  </si>
+  <si>
+    <t>Limpeza e capina em toda extensão da Avenida Melo Viana, no Centro de Cataguases.</t>
+  </si>
+  <si>
+    <t>937</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_n._55-2025.pdf</t>
+  </si>
+  <si>
+    <t>Canalização da água pluvial no escadão localizado na Rua Alfredo Paratela no Bairro Jardim Bandeirantes I.</t>
   </si>
   <si>
     <t>MOÇ</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/18/mocao_de_pesar_michel_henriques_de_souza_assinado.pdf</t>
   </si>
   <si>
     <t>Michel Henriques Souza Santos</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/20/mocao_de_pesar_gelmi_marcos_martins_assinado.pdf</t>
   </si>
   <si>
     <t>Gelmi Marcos Martins</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/22/mc.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação , ao Conselho Municipal da Pessoa Idosa.</t>
   </si>
@@ -3203,53 +4564,50 @@
     <t>Moção de Congratulação à Missionaria Andréia Oliveira e ao Instituto Defensores da Infância</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/28/mc_2_carlos_magno.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Senhor Felipe Vieira Aguiar.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/32/mp_1_valentim_1.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Antônio Luiz Brandão.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/34/mp_1_vinicius.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Maria Helena Cruz de Souza.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/35/mp_1_fernando.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de José Antônio dos Santos (Zé Antônio).</t>
-  </si>
-[...1 lines deleted...]
-    <t>37</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/37/mp_2_fernando.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Wilton Sereno Santos (Sr. Wiltinho)</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/39/mp_2_vinicius.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Wilton Sereno Santos.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/40/mp_3_vinicius.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de José Antônio dos Santos.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/41/mp_4_vinicius.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar pelo falecimento de Elias Guimarães Toledo.</t>
   </si>
@@ -3323,53 +4681,50 @@
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_pesar_04_28129_assinado.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Alzira Sebastiana Estevam (Dona Zirinha)</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/148/mocao_de_congratulacao_2_imw__assinado.pdf</t>
   </si>
   <si>
     <t>À Segunda Igreja Metodista Wesleyana, situada no Bairro Vila Minalda, Cataguases/MG, pela comemoração de seus 17 anos de fundação, período marcado pela dedicação ao Evangelho de Cristo, pela transformação de vidas e pela relevante contribuição espiritual e social prestada à nossa comunidade</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/151/mocao_de_congratulacao_ao_site_midia_mineira_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao site Mídia Mineira, pelos seus 12 anos de relevantes serviços prestados na transmissão de informações à população_x000D_
 de Cataguases, à região da Zona da Mata, bem como em âmbito estadual e nacional. Criado pelo jornalista Marcos Gama, o Mídia Mineira nasceu com o propósito de informar com responsabilidade, seriedade e imparcialidade, e ao longo desses 12 anos consolidou-se como uma importante fonte de notícias, promovendo a cidadania, fortalecendo a democracia e contribuindo para o desenvolvimento social, cultural e econômico de nossa comunidade</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/153/mocao_de_pesar_-_pdf.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR pelo falecimento de Cidmar Geraldo Duarte ocorrido em 22 de agosto de 2025 na cidade de Cataguases- MG.</t>
   </si>
   <si>
-    <t>250</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/250/mocao_julio_delgado_29_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Pesar, pelo falecimento de  Tarcísio Delgado ex-Prefeito de Juiz de Fora</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_escolinha_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação Escolinha de Futebol ¨Santa Clara FC</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/317/mocao_comitiva_inimigos_do_fim_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação Comitiva Inimigos do Fim</t>
   </si>
   <si>
     <t>318</t>
@@ -3405,204 +4760,638 @@
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/424/mocao_de_congratulacao_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a Fernanda Pereira da Silva Silvério.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/425/mocao_de_congratulacao_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação a Rafael Neto da Costa.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/426/mocao_de_congratulacao_28229_assinado.pdf</t>
   </si>
   <si>
     <t>Moção de Congratulação ao Pastor Douglas Michel Rodrigues.</t>
   </si>
   <si>
-    <t>191</t>
+    <t>470</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/470/mocao_.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação ao Daniel Maciel da Silva - Café.</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/492/mocao.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR PELO FALECIMENTO DA PROFESSORA GINENE PAES DE MENDONÇA</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/505/mocao_de_congratulacao.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação - A Senhora Maria Vitória de Souza</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/506/mocao_de_pesar__edna_marquesine.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de EDNA APARECIDA DE JESUS ALVES MARQUESINE.</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/507/mocao_congratulacao_joias_da_taq.pdf</t>
+  </si>
+  <si>
+    <t>Propõe MOÇÃO DE CONGRATULAÇÃO, ao Joias da Taquara pela conquista a Copa da Amizade Edição/2025.</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/508/mocao_de_pesar__frotild.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de FROTILDES MARTINS MACHADO</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/513/mocao_de_pesar_-_marcelo_ruela.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de Marcelo de Oliveira Ruela ocorrido em 18 de outubro de 2025 na cidade de Cataguases- MG.</t>
+  </si>
+  <si>
+    <t>514</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/514/mocao_de_pesar_-_maria_helena_goncalves_virginio.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de Maria Helena Gonçalves Virginio, ocorrido em 08 de outubro de 2025 na cidade de Cataguases- MG.</t>
+  </si>
+  <si>
+    <t>516</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/516/mocao_de_pesar_04_28329_assinado.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo_x000D_
+falecimento de Dona Maria De Lourdes Rocha</t>
+  </si>
+  <si>
+    <t>529</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/529/mocao_de_congratulacao_taina_porto_ferreira_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação à servidora Tainá Porto Ferreira.</t>
+  </si>
+  <si>
+    <t>532</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/532/mocao_de_pesar._marcelo_dos_santos_oliveira_-_ratao_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Sr. Marcelo dos Santos Oliveira</t>
+  </si>
+  <si>
+    <t>533</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/533/mocao_de_pesar._antonio_pereira_da_silva_28socrates29_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Sr. Antonio Pereira da Silva</t>
+  </si>
+  <si>
+    <t>559</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/559/mocao_de_congratulacao_denise_aparecida_de_melo_lopes_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação a Senhora Denise Aparecida de Melo Lopes.</t>
+  </si>
+  <si>
+    <t>560</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/560/mocao_de_congratulacao_2.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Congratulação ao Proler pelos seus 30 anos</t>
+  </si>
+  <si>
+    <t>561</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/561/mocao_de_pesar.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Senhor Alair Rodrigues</t>
+  </si>
+  <si>
+    <t>562</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/562/mocao_de_pesar_alair_rodrigues_assinado.pdf</t>
+  </si>
+  <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/567/mocao_de_pesar_sr._carlos_antonio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento Carlos Antônio Costa- Carlinhos</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/596/mocao_de_pesar_04.docx_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento da senhora Isabel Maria da Cruz  Péres</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/603/mocao_de_pesar_-_pb._geraldo_teixeira_de_carvalho_-_pdf.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento do Presbítero Geraldo Teixeira de Carvalho.</t>
+  </si>
+  <si>
+    <t>604</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/604/mocao_de_pesar_priscila_assinado_4.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo da Senhora Priscila Cristiano</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/610/mocao_de_pesar_-_lair__rodrigues_-_pdf.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento do servidor do Município Sr. Lair Rodrigues ocorrido no dia 10 de novembro de 2025 na cidade de Cataguases- MG.</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/629/mocao_de_pesar_pedro.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Senhor Pedro Antônio Liberato</t>
+  </si>
+  <si>
+    <t>874</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/874/mocao_de_pesar_de_jose_antonio.docx.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento do Sr. JOSE ANTONIO MOTA ,ocorrido em 25/11/2025, em Cataguases- MG.</t>
+  </si>
+  <si>
+    <t>875</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/875/mocao_de_pesar__maria_lucia_t.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do nosso Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de Maria Lucia Teixeira.</t>
+  </si>
+  <si>
+    <t>877</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/877/mocao_de_pesar_jose_macedo.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do nosso Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de José Geraldo Macedo.</t>
+  </si>
+  <si>
+    <t>878</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/878/mocao_de_pesar_maria_vilma.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do nosso Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de Maria Vilma de Sousa Silva.</t>
+  </si>
+  <si>
+    <t>879</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/879/mocao_de_pesar__isabel_peres.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do nosso Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de Isabel Maria Cruz Peres.</t>
+  </si>
+  <si>
+    <t>880</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/880/mocao_de_pesar_pedro.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do nosso Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de Pedro Antônio Liberato.</t>
+  </si>
+  <si>
+    <t>897</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/897/mocao_de_pesar_samuel_guimaraes_toledo_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Sr. Samuel Guimarães Toledo</t>
+  </si>
+  <si>
+    <t>905</t>
+  </si>
+  <si>
+    <t>Moção de Apoio - em Referência ao Projeto de Lei 4146/2020, que Regulamenta a Profissão de Agente de Coleta de Resíduos, de Limpeza e de Conservação de Área Pública.</t>
+  </si>
+  <si>
+    <t>901</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/901/mocao_de_congratulacao_parlamento.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONGRATULAÇÃO, ao Parlamento Jovem 2025, reconhecendo o empenho, a dedicação e a relevância deste projeto para a formação cidadã de nossos jovens.</t>
+  </si>
+  <si>
+    <t>902</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/902/mocao_congratulacao_tcl_1.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE CONGRATULAÇÃO, à Empresa TCL, em reconhecimento à valiosa parceria e ao comprometimento demonstrado durante a realização do Evento Novembro Negro</t>
+  </si>
+  <si>
+    <t>907</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/907/mocao_de_pesar_sergio.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do nosso Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de SÉRGIO DE OLIVEIRA.</t>
+  </si>
+  <si>
+    <t>908</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/908/mocao_de_pesar__jose_renatoo.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do nosso Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de JOSÉ RENATO HENRIQUES.</t>
+  </si>
+  <si>
+    <t>909</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/909/mocao_de_pesar__jose_helenoo.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legislativas disposto no artigo 209, inciso IV, do nosso Regimento Interno desta Casa Legislativa, propõe MOÇÃO DE PESAR pelo falecimento de JOSÉ HELENO FARIA RAMOS.</t>
+  </si>
+  <si>
+    <t>924</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/924/mocao_de_pesar_simeone.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Simeone Paiva Pedro Cardoso</t>
+  </si>
+  <si>
+    <t>931</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/931/mocao_pesar_-_tio_luiz_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Senhor Luis Carlos de Mendonça.</t>
+  </si>
+  <si>
+    <t>932</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/932/mocao_pesar_ze_mario_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Pesar pelo falecimento do Senhor José Mario Dias Nascimento.</t>
+  </si>
+  <si>
+    <t>936</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/936/mocao_de_pesar__jose_augusto.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de JOSÉ AUGUSTO BISPO.</t>
+  </si>
+  <si>
+    <t>938</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/938/mocao_de_pesar_-_elcio_luiz_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento de Élcio Luiz da Silva Oliveira.</t>
+  </si>
+  <si>
+    <t>939</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/939/mocao_de_pesar_-_evangelhista_carlos_alberto_tavares_pinheiro.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE PESAR pelo falecimento do Evangelista Carlos Alberto Tavares Pinheiro.</t>
   </si>
   <si>
     <t>PAP</t>
   </si>
   <si>
     <t>Proposta de Audiência Pública</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/191/audiencia_publica_bairro_carijos_assinado.pdf</t>
   </si>
   <si>
     <t>Estudo de Mudança de Nomes de Ruas do Bairro Carijós,</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/355/audiencia_publica_assinada.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições regimentais, vem, respeitosamente, à presença de Vossa Excelência, requerer que seja apreciado em regime de urgência o pedido de realização de audiência pública para tratar do transporte público municipal, em razão da relevância e atualidade do tema.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/388/poluicao.pdf</t>
   </si>
   <si>
     <t>Nos termos regimentais, requeiro, em caráter de urgência, a realização de Audiência Pública nesta Casa Legislativa, com a finalidade de debater a possibilidade de empresas estarem poluindo nossa cidade, tendo em vista os diversos relatos recebidos pela população.</t>
   </si>
   <si>
-    <t>186</t>
-[...1 lines deleted...]
-  <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/186/emenda_aditiva_ao_projeto_de_lei_ordinaria_110_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Acrescenta Parágrafo Único ao Artigo 4º do Projeto de Lei nº 110/2025</t>
   </si>
   <si>
-    <t>232</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/232/emenda_-programa_comunidade_integrada_e_da_outras_providencias_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Proposta Modificativa a Lei Ordinária n°5.109/25.Programa comunidade Integrada e outras providências.</t>
   </si>
   <si>
-    <t>242</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/242/emenda_ppa_assinado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a inclusão de ação orçamentária voltada à proteção e bem-estar animal no âmbito do PPA-Plano Plurianual exercício 2026-2029."</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/380/emenda_ppa_26_set_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de ação orçamentária voltada à proteção e bem-estar animal no âmbito do PPA-Plano Plurianual exercício 2026-2029.</t>
   </si>
   <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/503/emenda_modificativa_-_plconsorcio_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa do projeto de lei 121 consorcio do poder executivo municpal.</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/632/emenda_01_ag.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse ao Hospital de Cataguases</t>
+  </si>
+  <si>
+    <t>904</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/904/emenda_gratificacao.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA Nº ___/2025_x000D_
+Ao Projeto de Lei nº 122/2025_x000D_
+Ementa:_x000D_
+Altera e acrescenta dispositivos ao Projeto de Lei nº 122/2025 para incluir os Auxiliares de Serviços Gerais e os Fisioterapeutas entre os profissionais aptos à gratificação destinada aos integrantes da Estratégia Saúde da Família – ESF, assegurar a percepção integral da gratificação aos servidores com jornada reduzida por legislação municipal ou por serem pais ou responsáveis por crianças e pessoas com TEA, e estabelecer que os profissionais contemplados devem estar lotados nas Unidades Básicas de Saúde – UBS.</t>
+  </si>
+  <si>
+    <t>912</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/912/emenda_aditiva_ao_projeto_de_lei_ordinaria_nc2ba_122_2025_assinado.pdf</t>
+  </si>
+  <si>
+    <t>EMENDA ADITIVA Nº      AO PROJETO DE LEI ORDINÁRIA Nº 122/2025</t>
+  </si>
+  <si>
+    <t>914</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/914/emenda_aditiva_01_plc_04_executivo_-_maguinho.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa ao PL 04 do Poder Executivo</t>
+  </si>
+  <si>
+    <t>915</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/915/emenda_aditiva_01_plc__04__-_ricardo.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Aditiva ao PL 04 do Executivo</t>
+  </si>
+  <si>
+    <t>941</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/941/emenda_aditiva_ao_plc_09.25_-_vinicius.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve no uso de suas atribuições regimentais apresenta EMENDA ADITIVA ao Projeto de Lei Complementar nº 09/2025,_x000D_
+de autoria do Vereador Júnio Valentim.</t>
+  </si>
+  <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/4/mv_22.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei n° 075-25 de autoria do Vereador Felipe Ramos.</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/5/mv_23.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei n°028-25 de autoria do Vereador Carlos Magno Melo de Nóbrega</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/6/mv_24.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei n° 024-2025 de autoria do Vereador Ricardo Dias</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/8/mv_25.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei n° 027-25 de autoria do Vereador Carlos Magno de Melo Nóbrega</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/17/mv_26.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei n° 021-25 de autoria do Vereador Ricardo Dias</t>
   </si>
   <si>
-    <t>200</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/200/mensagem_de_veto_27_pl_79_-_fernando.pdf</t>
   </si>
   <si>
     <t>Mensagem de Veto nº 27/2025 - Veto Total ao PL 79/2025 de autoria do Vereador Fernando Medeiros Pereira</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/403/veto_pl_55-25.pdf</t>
   </si>
   <si>
-    <t>Veto Parcial ao Projeto de Lei 055/2025 de autoria da Câmara Municipal de Cataguases.</t>
+    <t>Mensagem de Veto nº 28/2025 - Veto Parcial ao Projeto de Lei 055/2025 de autoria do Vereador Ricardo Dias.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/404/n_59.pdf</t>
   </si>
   <si>
-    <t>Veto Parcial ao Projeto de Lei n°059-25 de autoria dessa Câmara.</t>
+    <t>Mensagem de Veto nº 29/2025 - Veto Parcial ao Projeto de Lei n°059/2025, de autoria do Vereador Henrique Silva Oliveira</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/405/veto_pl_51-25.pdf</t>
   </si>
   <si>
-    <t>Veto Total ao Projeto de Lei 51 /2025 de autoria da Câmara Municipal de Cataguases.</t>
+    <t>Mensagem de Veto nº 30/2025 - Veto Total ao Projeto de Lei 51/2025, de autoria do Vereador Júnio Valentim.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/430/vt_pl_69-25.pdf</t>
   </si>
   <si>
-    <t>Veto Total ao Projeto de Lei nº 69/2025, de autoria do Vereador Willian da Asaf.</t>
+    <t>Mensagem de Veto nº 31/2025 - Veto Total ao Projeto de Lei nº 69/2025, de autoria do Vereador Willian da Asaf.</t>
+  </si>
+  <si>
+    <t>582</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/582/mensagem_de_veto_pl_108.25.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem de Veto nº 32/2025, ao Projeto de Lei nº 108/2025, de autoria do Ver. Carlos Magno de Melo Nóbrega.</t>
+  </si>
+  <si>
+    <t>917</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/917/mensagem_de_veto_ao_pl_99_-_giovanni.pdf</t>
+  </si>
+  <si>
+    <t>Veto Total ao PL 99/2025 de autoria do Vereador Giovanni Gropo Toledo</t>
   </si>
   <si>
     <t>PJ</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/107/ccj_172_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER CCJ 172 --- PL 11/2025</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/108/ccj_173.pdf</t>
   </si>
   <si>
     <t>PARECER CCJ 173 --- PL 41/2025</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/109/ccj_174_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER CCJ 174 --- PL 46/2025</t>
   </si>
@@ -3645,209 +5434,155 @@
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/117/ccj_177_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER CCJ 177 --- PLC 33/2025</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/118/parecer_36_poposta_de_emenda_da_lei_organica_nc2ba_01.2025.doc_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>parecer 36</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/126/parecer14-cofc.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Orçamento, Finanças e Contabilidade sobre o Projeto de Resolução de Nº 10/2025 do Poder Legislativo Municipal de Cataguases</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/146/screenshot_20250822_144846_drive_assinado_assinado_assinado_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei de nº 028/2025 do Poder Executivo Municipal de Cataguases, que concede Isenção de Imposto Predial e Territorial Urbano (IPTU) e da Taxa de Coleta de Resíduos Sólidos (TCRS) aos imóveis locados pelo Município de Cataguases e utilizados para fins de administração direta e dispõe a remissão de débitos relativos a esses tributos</t>
   </si>
   <si>
-    <t>177</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/177/ata_26_2025_ccj_oficial_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>ATA CCJ</t>
   </si>
   <si>
-    <t>178</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/178/parecer_179_giovanni_ccj_pl_106_2025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 179 PLO 106 2025</t>
   </si>
   <si>
-    <t>179</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/179/parecer_180_giovanni_ccj_pl_107_2025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 180 PLO 107/2025</t>
   </si>
   <si>
-    <t>180</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/180/parecer_181_giovanni_ccj_pl_108_2025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 181 PLO 108/2025</t>
   </si>
   <si>
-    <t>181</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/181/parecer_183_giovanni_ccj_plo_110_2025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 183 PLO 110/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>182</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/182/relatorio_plc_33.2025_assinado_assinado_5.pdf</t>
   </si>
   <si>
     <t>PARECER_x000D_
 Projeto de Lei Complementar: nº 33/2025_x000D_
 Autor: Prefeito José Henriques_x000D_
 Cria e regulamenta os cargos do Núcleo de Vigilância em_x000D_
 Saúde no âmbito da Secretaria Municipal de Saúde, e dá_x000D_
 outras providências</t>
   </si>
   <si>
-    <t>183</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/183/relatorio_pl97_maguinho_nobrega_assinado_1.pdf</t>
   </si>
   <si>
     <t>Relatório nº 09/2025 da Comissão da Pessoa com Deficiência, Síndromes e Doenças Raras. Projeto de Lei nº 97/2025.</t>
   </si>
   <si>
-    <t>184</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/184/parecer_182_giovanni_ccj_pl_109_2025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 182 PLO 109/2025</t>
   </si>
   <si>
-    <t>185</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/185/ata_09_saude.assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Ata da Comissão de Saúde.</t>
   </si>
   <si>
-    <t>188</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/188/pl_junio_valentim_assinado_assinado_1.pdf</t>
   </si>
   <si>
     <t>Relatório Nº 10/2025 da Comissão da Pessoa com Deficiência, Síndromes e Doenças Raras. Projeto de Lei Nº 51/2025.</t>
   </si>
   <si>
-    <t>215</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/215/relatorio_1842025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO 11/2025</t>
   </si>
   <si>
-    <t>216</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/216/relatorio_n_1852025_assinado.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO 12/2025</t>
   </si>
   <si>
-    <t>220</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/220/parecer_pl_922025_comissao_de_educacaook.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Educação do PLO 92/2025</t>
   </si>
   <si>
-    <t>221</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/221/parecer_pl_932025_comissao_de_educacao_26_1_assinado.pdf</t>
   </si>
   <si>
     <t>Parecer PLO 93/2025 Educação</t>
   </si>
   <si>
-    <t>222</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/222/ata_de_comissao_de_educacao_10_1_assinado.pdf</t>
   </si>
   <si>
     <t>Ata da Comissão de Educação 9 de Setembro</t>
   </si>
   <si>
-    <t>247</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/247/relatorio_04_-2025_pdf.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 73/2025 - Relatório nº 04/2025</t>
   </si>
   <si>
-    <t>256</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/256/relatorio_187_2025_assinado_ricardo_assinado_2.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 187/2025 PL 95/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>257</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/257/parecer_1863a25_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 186/2025 PL 87/2025</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/258/relatorio_188-25_assinado_ricardo_assinado3.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 188/2025 PL 96/2025</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/259/camara_189.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 189/2025 PL 97/2025</t>
   </si>
@@ -4129,50 +5864,2723 @@
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/447/parecer_206_mensagem_de_veto_31_2025_assinado_assinado_28229_assinado.pdf</t>
   </si>
   <si>
     <t>PARECER 206/2025 MENSAGEM DE VETO  Nº 31/2025</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/462/comissao_da_defesa_do_consumidor_e_do_contribuinte_94-2025_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Em vista do exposto, este relator opina pelo prosseguimento da matéria, recomendando que o autor, faça a supressão do termo obrigatoriedade constando dessa forma a nova redação: “ Dispõe diretrizes sobre a avaliação da qualidade do atendimento prestado á população dos órgãos públicos do município de Cataguases e da outras providencias. Fica também recomendado a retirada do termo obrigatoriedade no Artigo 1º, recebendo assim a nova redação: _x000D_
 Artigo 1º - Fica estabelecido a disponibilização de sistema de avaliação da qualidade de atendimento prestado á população em todos os órgãos públicos da administração direta e indireta do município de Cataguases.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/463/comissao_de_defesa_do_consumidor_83_._2025_28229_assinado_assinado.pdf</t>
   </si>
   <si>
     <t>Trata-se de Projeto de Lei nº 83/2025, que dispõe sobre a obrigatoriedade de avaliação da qualidade do atendimento prestado à população nos órgãos públicos do município de Cataguases e dá outras.</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/475/parecer_plo_103.2025_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Parecer 01 da Comissão de Bem-Estar Animal, sobre o Projeto de Lei Ordinária nº 103/2025</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/491/parecer_045_projeto_de_lei_121_-_.2025_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei 121/2025 que aprova contrato com do Consórcio Interfederativo Minas Gerais CIMINAS e da Associação dos Municípios Integrados Minas Gerais – AMIMG.</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/493/parecer_20_projeto_de_lei_121-2025-1_assinado_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei 121/2025 que aprova contrato com do Consórcio Interfederativo Minas Gerais CIMINAS e da Associação dos Municípios Integrados Minas Gerais – AMIMG.. Relatório nº 45/2025 dessa Comissão, ficou decidido pelo prosseguimento da matéria, com a concordância de todos.</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/495/parecer_208_giovanni_ccj_pl_82_2025_28129_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 208/2025 PL Nº 82/2025</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/497/parecer_209_giovanni_ccj_plc_36_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 209/2025 PLC Nº 36/2025</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/498/parecer_210_giovanni_ccj_plo_36_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 210/2025 PLO Nº 36/2025</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/499/parecer_211_giovanni_ccj_pl_119_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 211/2025 EMENDA MODIFICATIVA PL Nº 119/2025</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/500/parecer_212_giovanni_ccj_pl_101_2025_28229_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 212/2025 PL Nº 101/2025</t>
+  </si>
+  <si>
+    <t>520</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/520/parecer_215_giovanni_ccj_plo_114_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 215 PLO 114/2025</t>
+  </si>
+  <si>
+    <t>521</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/521/parecer_214_giovanni_ccj_plc_37_2025_assinado_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 214 PLC 37/2025</t>
+  </si>
+  <si>
+    <t>522</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/522/parecer_216_giovanni_ccj_substitutivo_plc_3_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 216 SUBSTITUTIVO Nº3 DO PLC 3/2025</t>
+  </si>
+  <si>
+    <t>526</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/526/parecer_21_projeto_complementar_36_assinado.pdf</t>
+  </si>
+  <si>
+    <t>527</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/527/parecer_22_projeto_complementar_37_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a organização do Plano de Empregos, Desenvolvimento Funcional e Salários da Empresa de Manutenção e Tecnologia de Cataguases - EMATEC, estabelece normas gerais de desenvolvimento funcional, nova tabela salarial para seus empregados e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>530</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/530/parecer_047_projeto_de_lei_82-2025_willan_asaf_assinado_28129_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da COFC ao PLO 82/2025.</t>
+  </si>
+  <si>
+    <t>531</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/531/parecer_048_projeto_de_lei_nc2b0_37-_2025_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da COFC ao PLC 37/2025 do executivo municipal.</t>
+  </si>
+  <si>
+    <t>538</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/538/parecer_217_giovanni_ccj_plo_122_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 217 --- PLO 122/2025</t>
+  </si>
+  <si>
+    <t>540</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/540/parecer_220_giovanni_ccj_plc_40_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 220 --- PLC 40/2025</t>
+  </si>
+  <si>
+    <t>541</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/541/parecer_219_giovanni_ccj_plc_39_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 219 --- PLC 39/2025</t>
+  </si>
+  <si>
+    <t>542</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/542/parecer_221_giovanni_ccj_plc_38_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 221 --- PLC 38/2025</t>
+  </si>
+  <si>
+    <t>543</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/543/parecer_222_giovanni_ccj_plc_41_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 222 --- PLC 41/2025</t>
+  </si>
+  <si>
+    <t>545</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/545/parecer_048_projeto_de_lei_complementar_nc2b0_35-_2025_28129_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR 35</t>
+  </si>
+  <si>
+    <t>546</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/546/parecer_049_projeto_de_lei_complementar_nc2b0_40-_2025_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar 40/2025</t>
+  </si>
+  <si>
+    <t>551</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/551/comissao_de_seguranca_publica_40_-_pdf_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Relatório Nº 05/2025 da Comissão de Segurança Pública - Projeto de Lei Complementar nº 40/2025.</t>
+  </si>
+  <si>
+    <t>552</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/552/comissao_de_seguranca_publica_39_executivo_-_pdf_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Relatório nº 04/2025 da Comissão de Segurança Pública_x000D_
+ Projeto de Lei Complementar nº 39/2025</t>
+  </si>
+  <si>
+    <t>553</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/553/comissao_de_seguranca_publica_41_executivo._pdf_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Relatório nº 06/2025 da Comissão de Segurança Pública - Projeto de Lei Complementar Nº 41/2025</t>
+  </si>
+  <si>
+    <t>556</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/556/parecer_23_projeto_de_lei_36_executivo_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A_x000D_
+CONCEDER CESSÃO DE USO GRATUITO DE IMÓVEL.</t>
+  </si>
+  <si>
+    <t>558</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/558/parecer_223_giovanni_ccj_plo_124_2025_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>CCJ - PARECER 223 PLO 124/2025</t>
+  </si>
+  <si>
+    <t>605</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/605/parecer_226_giovanni_ccj_plo_123_2025_assinado_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 226 --- PLO 123/2025</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/630/parecer_218_giovanni_ccj_plo_120_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 218 --- PLO 120/2025</t>
+  </si>
+  <si>
+    <t>728</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/728/parecer_da_comissao_de_orcamento_pl_128_28229_assinado_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 128/2025 de autoria do Poder Executivo.</t>
+  </si>
+  <si>
+    <t>881</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/881/parecer_11_e.c.t.l_26_11_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Esporte, Lazer, Cultura e Turismo, sobre o Projeto de Lei nº 120/2025</t>
+  </si>
+  <si>
+    <t>895</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/895/parecer_saude_1_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 122/2025, de autoria do Poder Executivo, que “Dispõe sobre o repasse de incentivo financeiro por desempenho constante da Portaria GM/MS nº 3.493/2024”._x000D_
+Comissão de Saúde</t>
+  </si>
+  <si>
+    <t>910</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/910/parecer_224_giovanni_ccj_plo_127_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CCJ pela Inconstitucionalidade e ilegalidade do Projeto de Lei nº 127/2025, de autoria da Vereadora Cristina Santos.</t>
+  </si>
+  <si>
+    <t>911</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/911/cristina_assinado_1_1.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Educação pelo prosseguimento do Projeto de Lei nº 127/2025 de autoria da Vereadora Cristina Santos.</t>
+  </si>
+  <si>
+    <t>913</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/913/screenshot_20251210_115051_onedrive_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei 123/2025</t>
+  </si>
+  <si>
+    <t>942</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/942/parecer_229_giovanni_ccj_plo_131_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CCJ pela constitucionalidade e legalidade do Projeto de Lei nº 131/2025, de autoria do Vereador Carlos Magno de Melo Nóbrega.</t>
+  </si>
+  <si>
+    <t>943</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/943/parecer_236_mensagem_de_veto_33_plo_99_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CCJ pela rejeição ao Veto nº 33/2025 ao Projeto de Lei nº 99/2025.</t>
+  </si>
+  <si>
+    <t>944</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/944/parecer_230_giovanni_ccj_plo_133_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 230 --- PLO 133/2025</t>
+  </si>
+  <si>
+    <t>945</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/945/parecer_228_giovanni_ccj_plo_129_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 228 --- PLO 129/2025</t>
+  </si>
+  <si>
+    <t>946</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/946/parecer_231_giovanni_ccj_plo_137_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CCJ pela constitucionalidade e legalidade do Projeto de Lei nº 137/2025 de autoria do Ver. Carlos Magno de Melo Nóbrega</t>
+  </si>
+  <si>
+    <t>947</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/947/parecer_232_giovanni_ccj_plo_138_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 232 --- PLO 138/2025</t>
+  </si>
+  <si>
+    <t>948</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/948/parecer_233_giovanni_ccj_pr_14_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CCJ ao Projeto de Resolução nº 14/2025, de autoria da Mesa Diretora</t>
+  </si>
+  <si>
+    <t>949</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/949/parecer_234_giovanni_ccj_substitutivo_nc2ba_7_plc_9_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 234 --- SUBST 7 PLC 9/2025</t>
+  </si>
+  <si>
+    <t>950</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/950/parecer_235_giovanni_ccj_substitutivo_nc2ba_6_plo_118_2025_assinado_assinado.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CCJ 235 --- SUBST 6 PLO 118/2025</t>
+  </si>
+  <si>
+    <t>952</t>
+  </si>
+  <si>
+    <t>CCJ - Comissão de Constituição, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/952/parecer_pl_50_-_henrique_thurram.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da CCJ ao Projeto de Lei nº 50/2025 - Ver. Henrique Thurram</t>
+  </si>
+  <si>
+    <t>953</t>
+  </si>
+  <si>
+    <t>CSAS - Comissão de Saúde e Assistência Social</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/953/parecer_pl_50_-_henrique.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Saúde ao Projeto de Lei nº 50/2025 - Ver. Henrique Thurram</t>
+  </si>
+  <si>
+    <t>954</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/954/parecer_ccj_substitutivo_pl_39-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CCJ ao Substitutivo ao PL 39/2025 - Verª Giovana Costa.</t>
+  </si>
+  <si>
+    <t>955</t>
+  </si>
+  <si>
+    <t>CE - Comissão de Educação</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/955/parecer_ce_substitutivo_pl_39-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Comissão Educação ao Substitutivo PL 39/2025 - Verª Giovana Costa</t>
+  </si>
+  <si>
+    <t>956</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/956/parecer_pl_47_-_willian.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CCJ ao Projeto de Lei nº 47/2025 - Ver. Willian Jerônimo</t>
+  </si>
+  <si>
+    <t>957</t>
+  </si>
+  <si>
+    <t>COSP - Comissão de Obras e Serviços Públicos</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/957/parecer_pl_47.25_-_willian.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Comissão de Obras ao Projeto de Lei nº 47/2025 - Ver. Willian Jerônimo</t>
+  </si>
+  <si>
+    <t>976</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/976/parecer_pl_107.25_-_maguinho.pdf</t>
+  </si>
+  <si>
+    <t>Parecer CCJ ao PL 107.25 de autoria do Ver. Maguinho Nóbrega</t>
+  </si>
+  <si>
+    <t>977</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/977/parecer_pl_107_-_maguinho.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Comissão de Educação ao PL 107/25 de autoria do Ver. Maguinho Nóbrega</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>EI</t>
+  </si>
+  <si>
+    <t>Emendas Impositivas</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/633/emenda_01_ag.pdf</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/634/emenda_02_ag.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao Esporte Clube Cataguases</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/635/emenda_03_ag.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de materiais de construção para realizar pequenas reformas e reparos na Escola Municipal Manoel Dutra de Siqueira</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/636/emenda_04_ag.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de materiais de construção cujo intuito será de realização de pequena reforma no telhado da Escola Municipal Francisco Rodrigues de Almeida</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/637/emenda_05_ag.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de materiais de construção cujo intuito será de construção de um pequeno telhado na sede da Secretaria de Serviços Urbanos.</t>
+  </si>
+  <si>
+    <t>638</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/638/emenda_06_ag.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação dos Moradores do Bairro Sol Nascente.</t>
+  </si>
+  <si>
+    <t>639</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/639/emenda_01_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de materiais de consumo para o Centro Municipal de Fisioterapia</t>
+  </si>
+  <si>
+    <t>640</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/640/emenda_02_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de materiais de consumo para o Núcleo de Atendimento Humanizado para Pessoas com Transtorno do Espectro Autista (Gaia)</t>
+  </si>
+  <si>
+    <t>641</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_03_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de brinquedos, jogos e itens de atividades lúdicas para o Núcleo de Atendimento Humanizado para Pessoas com Transtorno do Espectro Autista (Gaia)</t>
+  </si>
+  <si>
+    <t>642</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_04_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de itens de cozinha para o Núcleo de Atendimento Humanizado para Pessoas com Transtorno do Espectro Autista (Gaia)</t>
+  </si>
+  <si>
+    <t>643</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/643/emenda_05_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de livros pedagógicos e lúdicos para o Núcleo de Atendimento Humanizado para Pessoas com Transtorno do Espectro Autista (Gaia)</t>
+  </si>
+  <si>
+    <t>644</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/644/emenda_06_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de equipamentos e material permanente para Centro Municipal de Fisioterapia</t>
+  </si>
+  <si>
+    <t>645</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/645/emenda_07_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de equipamentos e material permanente para o Núcleo de Atendimento Humanizado para Pessoas com Transtorno do Espectro Autista (Gaia)</t>
+  </si>
+  <si>
+    <t>646</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/646/emenda_08_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de equipamentos e material permanente para o Centro de Especialidades Odontológicas Marília Guimarães Costa</t>
+  </si>
+  <si>
+    <t>647</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/647/emenda_09_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos ao Projeto Superação</t>
+  </si>
+  <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/648/emenda_10_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos à Liga Esportiva de Cataguases – LEC</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/649/emenda_11_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de materiais esportivos para a Secretaria Municipal de Esportes</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/650/emenda_12_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para contratação de transporte terceirizado para a Secretaria Municipal de Esportes</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/651/emenda_13_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos ao Esporte Clube São José</t>
+  </si>
+  <si>
+    <t>652</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/652/emenda_14_assinada.pdf</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/653/emenda_15_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para a Secretaria Municipal de Serviços Urbanos</t>
+  </si>
+  <si>
+    <t>654</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/654/emenda_16_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para a Secretaria Municipal de Cultura e Turismo</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/655/emenda_17_assinada.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos à Associação Mineira de Apoio à Família – AMAF</t>
+  </si>
+  <si>
+    <t>656</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/656/emenda_13_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Obra Unida Lar São Vicente de Paulo, CNPJ 26.145.870/0001-42, situada na Rua Humberto Henrique, 344, Bairro Jardim Bandeirantes I, cujo intuito será a aquisição de fraldas geriátricas, conforme demanda da instituição a ser apresentada no plano de trabalho até o valor proposto. A aquisição desses itens é de suma importância para que a instituição possa continuar prestando assistência aos idosos, de forma digna e humana.</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/657/emenda_02_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a aquisição de equipamentos e material permanente para o CAPS 1 – Casa dos Amigos, situado na Rua Pedro Dutra, S/N, Bairro Bela Vista, conforme demanda a ser fornecida pelo responsável do setor, até o valor disponibilizado, para que as atividades possam continuar sendo desenvolvidas em prol das pessoas que frequentam esse importante projeto.</t>
+  </si>
+  <si>
+    <t>658</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/658/emenda_03_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a aquisição de equipamentos e material permanente para o CAPS Álcool/Drogas “Pastor Iracino Cirino da Silva”, situado na Avenida Astolfo Dutra, 507, Centro, conforme demanda a ser fornecida pelo responsável do setor, até o valor disponibilizado, para que as atividades possam continuar sendo desenvolvidas em prol das pessoas que frequentam esse importante projeto.</t>
+  </si>
+  <si>
+    <t>659</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/659/emenda_04_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao Projeto Superação, CNPJ 51.137.911/0001-04, situado na Rua Ofélia Resende, 101, Bairro Menezes, cujo intuito será a aquisição de equipamentos e material permanentes, conforme demanda da instituição a ser apresentada no plano de trabalho até o valor proposto, para os projetos possam continuar sendo desenvolvidos em prol dos pacientes que se encontram em domicílio.</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/660/emenda_05_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Obra Unida Lar São Vicente de Paulo, CNPJ 26.145.870/0001-42, situada na Rua Humberto Henrique, 344, Bairro Jardim Bandeirantes I, cujo intuito será a aquisição de medicamentos, conforme demanda da instituição a ser apresentada no plano de trabalho até o valor proposto, como forma de assistência aos pacientes idosos assistidos por esse importante abrigo.</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/661/emenda_08_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Escolinha de Futebol Joias da Taquara, CNPJ 52.556.775/0001-41, situada na Rua Carlos Drumond de Andrade, 455, Bairro Taquara Preta, cujo intuito será a aquisição de material esportivo, conforme demanda a ser apresentada pela associação dentro do valor proposto, de forma que tal emenda proporcionará subsídio para a manutenção desse importante projeto voltado às crianças para a prática de futebol.</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/662/emenda_06_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse ao Hospital de Cataguases, CNPJ 19.529.478/0001-31, situado na Avenida Coronel Antônio Augusto de Souza, 442, Bairro Vila Tereza, cujo intuito será de compor recursos para o custeio da Rede Urgência/Emergência, a ser apresentado no plano de trabalho conforme demanda. A garantia de recursos para a manutenção das atividades do pronto-socorro é de suma importância pois atende a população em situações de extrema urgência.</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/663/emenda_07_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de materiais esportivos para a Secretaria Municipal de Esportes, conforme demanda a ser apresentada pelo secretário até o valor proposto da emenda, de tal forma que esse recurso contribuirá para o fomento das atividades e projetos no calendário de 2026, proporcionando a prática esportiva e lazer no município.</t>
+  </si>
+  <si>
+    <t>664</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/664/emenda_11_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação Cristo Vive em Cataguases, CNPJ 32.086.909/0001-09, situada na Francisco Moutinho Rocha Filho, 705, Bairro João Riguete, cujo intuito será de custeio dos projetos desenvolvidos pela associação, a serem discriminados no plano de trabalho, conforme valor disponibilizado.</t>
+  </si>
+  <si>
+    <t>665</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/665/emenda_14_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação de Moradores do Bairro Ibraim Mendonça e Bairro Iracema, CNPJ 21.188.628/0001-32, situada na Rua José Esteves , 355, Centro, cujo intuito será de realização de pequenos reparos e reformas na sede da associação, conforme demanda a ser apresentada no plano de trabalho, garantindo melhor adequação ao espaço utilizado para as reuniões e encontros dos moradores em prol de melhorias para sua comunidade.</t>
+  </si>
+  <si>
+    <t>666</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/666/emenda_10_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação Cristo Vive em Cataguases, CNPJ 32.086.909/0001-09, situada na Francisco Moutinho Rocha Filho, 705, Bairro João Riguete, cujo intuito será de aquisição de alimentos e materiais de consumo em geral, conforme demanda a ser apresentada pela associação, até o valor proposto pela emenda, de tal forma que esse recurso contribuirá para o desenvolvimento das atividades e projetos sociais.</t>
+  </si>
+  <si>
+    <t>667</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/667/emenda_15_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação Mineira de Apoio à Família – AMAF, CNPJ 09.944.275/0001-58, situada na Rua João Delácio, 189, Bairro Taquara Preta, cujo intuito será de aquisição de alimentos e materiais de consumo em geral, conforme demanda a ser apresentada no plano de trabalho até o valor proposto da emenda, essenciais para que a associação possa continuar a desenvolvendo suas atividades em prol das famílias assistidas.</t>
+  </si>
+  <si>
+    <t>668</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/668/emenda_09_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação Desportiva e Cultural Ivair de Sousa, CNPJ 32.522.902/0001-84, situada na Rua Doutor. Lobo Filho, 67, Centro, cujo intuito será de aquisição de material esportivo, conforme demanda a ser apresentada pela associação até o valor proposto, de forma a contribuir com a manutenção das atividades esportivas e projetos desenvolvidos para os jovens cataguasenses.</t>
+  </si>
+  <si>
+    <t>669</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/669/emenda_16_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação Mineira de Apoio à Família – AMAF, CNPJ 09.944.275/0001-58, situada na Rua João Delácio, 189, Bairro Taquara Preta, cujo intuito será o de custeio de seus projetos, propriamente dito, conforme demanda a ser apresentada no plano de trabalho até o valor proposto da emenda, essenciais para que a associação possa continuar a desenvolvendo suas atividades em prol das famílias assistidas.</t>
+  </si>
+  <si>
+    <t>670</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/670/emenda_17_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação Mineira de Apoio à Família – AMAF, CNPJ 09.944.275/0001-58, situada na Rua João Delácio, 189, Bairro Taquara Preta, cujo intuito será de aquisição de equipamentos e material permanente, conforme demanda a ser apresentada no plano de trabalho até o valor proposto da emenda, essenciais para que a associação possa continuar a desenvolvendo suas atividades em prol das famílias assistidas.</t>
+  </si>
+  <si>
+    <t>671</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/671/emenda_01_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a aquisição de equipamentos e material permanente para o Núcleo de Atendimento Humanizado para Pessoas com Transtorno do Espectro Autista (Gaia), situado na Rua Pedro Dutra Nicácio Neto, 10, Bairro Bela Vista, conforme demanda a ser fornecida pelo responsável do núcleo, até o valor disponibilizado, para que as atividades possam continuar sendo desenvolvidas em prol das pessoas que frequentam esse importante projeto.</t>
+  </si>
+  <si>
+    <t>672</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/672/emenda_12_cm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação Monsenhor Antônio Xavier Rodrigues, CNPJ 02.952.824/0001-97, situada na Estrada Cataguases/Cataguarino, altura do KM10, Areia Branca, Zona Rural, cujo intuito será de aquisição de alimentos e material de consumo em geral, conforme demanda a ser apresentada no plano de trabalho até o valor proposto, essenciais para a manutenção das atividades da associação em prol das pessoas assistidas no tratamento da dependência química.</t>
+  </si>
+  <si>
+    <t>673</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/673/emenda_07_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos à Associação Monsenhor Antônio Xavier Rodrigues"</t>
+  </si>
+  <si>
+    <t>674</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/674/emenda_09_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos ao Projeto Superação"</t>
+  </si>
+  <si>
+    <t>675</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/675/emenda_01_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos à Associação de Moradores do Bairro Ibraim Mendonça e Bairro Iracema"</t>
+  </si>
+  <si>
+    <t>676</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/676/emenda_10_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse ao Hospital de Cataguases"</t>
+  </si>
+  <si>
+    <t>677</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/677/emenda_11_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para aquisição de equipamentos e material permanente para o Setor do CAPS AD “Pastor Iracino Cyrino da Silva”"</t>
+  </si>
+  <si>
+    <t>678</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/678/emenda_12_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos à associação “Obra Unida Lar São Vicente de Paulo”"</t>
+  </si>
+  <si>
+    <t>679</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/679/emenda_02_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos ao Centro Espírita Jota Lacerda"</t>
+  </si>
+  <si>
+    <t>680</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/680/emenda_04_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos à associação “Mulheres Unidas Contra Violência – MUV”"</t>
+  </si>
+  <si>
+    <t>681</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/681/emenda_03_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>682</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/682/emenda_06_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos à Associação Mineira de Apoio à Família – AMAF"</t>
+  </si>
+  <si>
+    <t>683</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/683/emenda_05_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos à Comunidade Social Missão Barsanulfo de Cataguases – MG"</t>
+  </si>
+  <si>
+    <t>684</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/684/emenda_08_gc_assinado.pdf</t>
+  </si>
+  <si>
+    <t>"Reforço da dotação orçamentária para repasse de recursos ao Projeto Superação,"</t>
+  </si>
+  <si>
+    <t>685</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/685/emenda_08_mc.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de materiais de consumo em geral para a Escola Municipal Monsenhor Solindo.</t>
+  </si>
+  <si>
+    <t>686</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/686/emenda_09_mc.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos à Obra Unida Lar São Vicente de Paulo</t>
+  </si>
+  <si>
+    <t>687</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/687/emenda_10_mc.pdf</t>
+  </si>
+  <si>
+    <t>aquisição de um terreno no Bairro Thomé, para construção a nova sede do posto de saúde “UBS ESF Dr. Ciro Pacheco Campos”</t>
+  </si>
+  <si>
+    <t>688</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/688/emenda_03_mc.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos para o Conselho de Desenvolvimento Comunitário do Distrito de Cataguarino</t>
+  </si>
+  <si>
+    <t>689</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/689/emenda_01_mc.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de materiais para fabricação de massa asfáltica para a Secretaria Municipal de Serviços Urbanos, cujo intuito será a pavimentação das Ruas Maria das Neves, Vilma Amaral do Rosário, José do Grupo e Travessa João Matola, todas situadas no Bairro Sebastião Adolfo.</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/690/emenda_02_mc.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição e instalação de um parquinho infantil (playground) através da Secretaria Municipal de Serviços Urbanos, para a Praça João Pacheco de Medeiros, situada no Bairro Sebastião Adolfo,</t>
+  </si>
+  <si>
+    <t>691</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/691/emenda_04_mc.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos para ao Projeto Superação</t>
+  </si>
+  <si>
+    <t>692</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/692/emenda_07_mc.pdf</t>
+  </si>
+  <si>
+    <t>Repasse ao Hospital de Cataguases,</t>
+  </si>
+  <si>
+    <t>693</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/693/emenda_05_mc.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos para à Associação dos Surdos de Cataguases,</t>
+  </si>
+  <si>
+    <t>694</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/694/emenda_06_mc.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos para ONG Ação Minas</t>
+  </si>
+  <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/695/emenda_11_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a Casa da Criança,_x000D_
+situada na Rua Vanda da Silva Andrade, 151, Bairro Bela Vista, cujo intuito será a aquisição de_x000D_
+brinquedos, conforme demanda a ser apresentada pelo responsável, essenciais para as_x000D_
+atividades desenvolvidas nessa importante casa de acolhimento, seja do ponto de vista lúdico,_x000D_
+lazer ou aprendizagem</t>
+  </si>
+  <si>
+    <t>696</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/696/emenda_09_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a Secretaria_x000D_
+Municipal de Esportes, cujo intuito será de aquisição de materiais esportivos, conforme demanda_x000D_
+a ser apresentada pelo secretário, como forma de subsidiar os projetos da secretaria,_x000D_
+proporcionando melhores condições para a prática esportiva e lazer.</t>
+  </si>
+  <si>
+    <t>697</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/697/emenda_12_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para compor recursos_x000D_
+para aquisição de materiais de construção cujo intuito será de pequenos reparos na Escola_x000D_
+Municipal Professor Antônio Amaro, situada na Praça Dr. Cunha Neto, 76, Bairro Granjaria,_x000D_
+conforme demanda a ser apresentada pelo diretor, de tal forma que a estrutura física da escola_x000D_
+possa ter manutenção para um melhor conforto e segurança de todos.</t>
+  </si>
+  <si>
+    <t>698</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/698/emenda_13_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Associação de Moradores dos Bairros Izabel Tavares e Fátima, situada na Waldemar Gomes_x000D_
+Rosa, 157, Bairro de Fátima, cujo intuito será de realização de pequenos reparos na sede da_x000D_
+associação, para oferecer um espaço mais adequado às reuniões e encontros da comunidade.</t>
+  </si>
+  <si>
+    <t>699</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/699/emenda_16_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Colinas Esporte Clube, CNPJ 52.011.639/0001-76, situado na Rua Professora Margarida_x000D_
+Condé de Carvalho, 30, Bairro Colinas, cujo intuito será de aquisição de materiais esportivos,_x000D_
+necessários para a manutenção das atividades do clube, fomentando o esporte amador do_x000D_
+bairro.</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/700/emenda_14_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de insumos_x000D_
+para fabricação de massa asfáltica para a Secretaria Municipal de Serviços Urbanos, cujo intuito_x000D_
+será subsidiar a manutenção de vias públicas, trazendo mais segurança e infraestrutura no_x000D_
+município.</t>
+  </si>
+  <si>
+    <t>701</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/701/emenda_19_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Rotary Club de Cataguases, CNPJ 65.248.643/0001-02, situado na Avenida Rotary, 187,_x000D_
+pavimento 02, sala 201, Centro, cujo intuito será a aquisição de alimentos, conforme demanda_x000D_
+a ser apresentada no plano de trabalho, como forma de dar continuidade aos projetos sociais_x000D_
+executados por essa importante instituição.</t>
+  </si>
+  <si>
+    <t>702</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/702/emenda_15_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Instituto Estadual de Florestas, CNPJ 18.746.164/0001-28, cuja unidade a ser contemplada,_x000D_
+está situada Rua Nossa Senhora das Dores, S/N, Bairro Granjaria, para aquisição de_x000D_
+equipamentos e material permanente para o Horto Florestal, conforme demanda do instituto a_x000D_
+ser apresentado no plano de trabalho. Essa estação ecológica é um ponto de referência no_x000D_
+município, recebendo inúmeras visitas, sejam elas para turismo ecológico ou para receber_x000D_
+alunos que estejam participando de aulas ministradas sobre natureza e ecologia.</t>
+  </si>
+  <si>
+    <t>703</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/703/emenda_07_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Projeto Superação, CNPJ 51.137.911/0001-04. Situado na Rua Ofélia Resende, 101, Bairro_x000D_
+Menezes, cujo intuito será a aquisição de materiais como alimentos e medicamentos, conforme_x000D_
+demanda da instituição a ser apresentada no plano de trabalho, para atendimento e apoio aos_x000D_
+pacientes em domicílio.</t>
+  </si>
+  <si>
+    <t>704</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/704/emenda_17_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Lar Ana Nery, CNPJ 19.475.938/0001-96, situado na Rua Sebastião Quaresma, 138, Bairro_x000D_
+Leonardo, cujo intuito será a aquisição de equipamentos e materiais permanentes, conforme_x000D_
+demanda a ser apresentada no plano de trabalho, importantes para modernização e adequação_x000D_
+da creche.</t>
+  </si>
+  <si>
+    <t>705</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/705/emenda_01_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Hospital de Cataguases, CNPJ 19.529.478/0001-31, situado na Rua Coronel Antônio Augusto_x000D_
+de Souza, 442, Bairro Vila Tereza, cujo intuito será a aquisição de equipamentos e material_x000D_
+permanente conforme demanda a ser apresentada em seu plano de trabalho, imprescindíveis_x000D_
+para modernização e adequação dessa instituição de forma que poderá oferecer melhor_x000D_
+atendimento à população</t>
+  </si>
+  <si>
+    <t>706</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/706/emenda_03_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+equipamentos e material permanente para o posto de saúde “ESF Guanabara”, situado na Rua_x000D_
+Raul Cisneiros Guedes, 35, Bairro Guanabara, conforme demanda a ser apresentada pelo_x000D_
+responsável do posto. A aquisição desses itens é de suma importância para modernizar e_x000D_
+adequar o local, proporcionando mais conforto aos funcionários e demais pessoas que lá_x000D_
+frequentam.</t>
+  </si>
+  <si>
+    <t>707</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/707/emenda_18_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+equipamentos e material permanente para o setor da Defesa Civil, cuja demanda será_x000D_
+apresentada pelo responsável do setor. Essa aquisição é algo de suma importância para que_x000D_
+nossos servidores possam continuar a desempenhar um trabalho de excelência nas_x000D_
+emergências que lhe são demandadas, além das atividades de prevenção.</t>
+  </si>
+  <si>
+    <t>708</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/708/emenda_02_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+materiais de construção para o posto de saúde “Centro de Saúde Dr. Jaime Afonso Souza”,_x000D_
+situado na Rua Altina Maria Simões, 102, Bairro Granjaria, cujo o intuito será a construção de_x000D_
+um muro e colocação de um padrão energia, necessários para a readequação do espaço,_x000D_
+oferecendo mais segurança e conforto à comunidade e aos funcionários que lá trabalham.</t>
+  </si>
+  <si>
+    <t>709</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/709/emenda_04_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de material_x000D_
+para pintura do posto de saúde “ESF Dr. Dalmo Peixoto Gomes”, situado na Rua Alfredo José_x000D_
+Nunes, 148, Bairro Beira Rio, conforme demanda do posto. A revitalização do posto de saúde é_x000D_
+de grande importância para acolher a comunidade desse local que frequenta em busca de_x000D_
+atendimentos e consultas, deixando o espaço em melhores condições.</t>
+  </si>
+  <si>
+    <t>710</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/710/emenda_10_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a Secretaria_x000D_
+Municipal de Cultura, cujo intuito será de custeio para realização de eventos culturais no âmbito_x000D_
+do município, proporcionando novas oportunidades para os artistas locais, fomentando a cultura_x000D_
+cataguasense.</t>
+  </si>
+  <si>
+    <t>711</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/711/emenda_06_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+equipamentos e material permanente para o Núcleo de Atendimento Humanizado para Pessoas_x000D_
+com Transtorno do Espectro Autista (Gaia), situado na Rua Pedro Dutra Nicácio Neto, 10, Bairro_x000D_
+Bela Vista, cujo intuito será de equipar e modernizar o núcleo para melhor atender e receber as_x000D_
+pessoas que lá frequentam. A demanda de bens será apresentada pelo responsável do setor de_x000D_
+acordo com o valor disponibilizado, conforme necessidade.</t>
+  </si>
+  <si>
+    <t>712</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/712/emenda_20_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Associação Desportiva e Cultural Ivair de Souza, CNPJ 32.522.902/0001-84, situada na Rua_x000D_
+Doutor Lobo Filho, 67, Centro, cujo intuito será de aquisição de material esportivo, conforme_x000D_
+demanda a ser apresentada no plano de trabalho, importante para que a associação possa_x000D_
+continuar com seus projetos em prol do esporte amador no município.</t>
+  </si>
+  <si>
+    <t>713</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/713/emenda_08_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a Secretaria_x000D_
+Municipal de Esportes, cujo intuito será o custeio da realização de eventos esportivos no_x000D_
+calendário de 2026 no município, fomentando a prática de esportes e lazer, como condição_x000D_
+essencial de uma vida mais saudável e bem-estar.</t>
+  </si>
+  <si>
+    <t>714</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/714/emenda_05_gg_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse ao Hospital_x000D_
+de Cataguases, CNPJ 19.529.478/0001-31, situado na Avenida Coronel Antônio Augusto de_x000D_
+Souza, 442, Bairro Vila Tereza, cujo intuito será de compor recursos para o custeio da Rede_x000D_
+Urgência/Emergência, a ser apresentado no plano de trabalho conforme demanda. A garantia_x000D_
+de recursos para a manutenção das atividades do pronto-socorro é de suma importância pois_x000D_
+atende a população em situações de extrema urgência.</t>
+  </si>
+  <si>
+    <t>715</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/715/emenda_06_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Conselho de Desenvolvimento Comunitário do Distrito do Glória de Cataguases, CNPJ_x000D_
+73.762.288/0001-05, situado na Rua Principal, S/N, Distrito do Glória de Cataguases, cujo intuito_x000D_
+será de custeio das comemorações do aniversário do distrito em questão,</t>
+  </si>
+  <si>
+    <t>716</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/716/emenda_03_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Projeto Superação, CNPJ 51.137.911/0001-04, situado na Rua Ofélia Resende, 101, Bairro_x000D_
+Menezes, cujo intuito será de aquisição de equipamentos e material permanente</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/717/emenda_09_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Conselho de Desenvolvimento Comunitário da Comunidade de Aracati, CNPJ_x000D_
+20.340.840/0001-00, situado na Rua Francisco Martins, S/N, Distrito de Aracati, cujo intuito será_x000D_
+de custeio das comemorações do aniversário do distrito em questão</t>
+  </si>
+  <si>
+    <t>718</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/718/emenda_12_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>:Reforço da dotação orçamentária para aquisição de um_x000D_
+veículo leve, tipo caminhonete, com capacidade de pelo menos 1,5 toneladas</t>
+  </si>
+  <si>
+    <t>719</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/719/emenda_05_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Conselho de Desenvolvimento Comunitário do Distrito de Cataguarino, CNPJ_x000D_
+27.060.184/0001-31, situado no Largo do Rosário, S/N, Distrito de Cataguarino, cujo intuito será_x000D_
+de custeio das comemorações do aniversário do distrito em questão, sendo as despesas_x000D_
+apresentadas no plano de trabalho, reforçando a importância das festividades nas comunidades_x000D_
+rurais.</t>
+  </si>
+  <si>
+    <t>720</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/720/emenda_07_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Conselho de Desenvolvimento Comunitário do Distrito Sereno, CNPJ 20.341.905/0001-32,_x000D_
+situado na Rua Aires de Lima Monteiro, S/N, Distrito de Sereno, cujo intuito será de custeio das_x000D_
+comemorações do aniversário do distrito em questão.</t>
+  </si>
+  <si>
+    <t>721</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/721/emenda_13_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos à_x000D_
+Associação de Mulheres Rurais de Cataguases, CNPJ 20.342.549/0001-71, situada na Praça_x000D_
+Governador Valadares, 170, Sala 02, cujo intuito será de aquisição de aquisição de_x000D_
+equipamentos e material permanente.</t>
+  </si>
+  <si>
+    <t>722</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/722/emenda_08_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Conselho de Desenvolvimento Comunitário do Distrito de Vista Alegre, CNPJ_x000D_
+20.340.824/0001-18, situado na Rua Tiradentes, 226, Distrito de Vista Alegre, cujo intuito será_x000D_
+de custeio das comemorações do aniversário do distrito em questão.</t>
+  </si>
+  <si>
+    <t>723</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/723/emenda_10_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Caixa Escolar Walter Resende Peres, CNPJ 19.649.540/0001-29, situado na Rua Principal,_x000D_
+S/N, Distrito de Sereno, cujo intuito será a construção de um pequeno telhado para acesso à_x000D_
+Escola Municipal Dr. Astolpho Rezende.</t>
+  </si>
+  <si>
+    <t>724</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/724/emenda_14_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos à_x000D_
+Associação de Mulheres Rurais de Cataguases, CNPJ 20.342.549/0001-71, situada na Praça_x000D_
+Governador Valadares, 170, Sala 02, cujo intuito será o custeio do “44º Encontro Anual das_x000D_
+Mulheres Rurais de Cataguases.</t>
+  </si>
+  <si>
+    <t>725</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/725/emenda_01_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para compor recursos_x000D_
+destinados à realização de procedimentos, exames, cirurgias diversas e consultas conforme_x000D_
+demanda do município, através do CISUM.</t>
+  </si>
+  <si>
+    <t>726</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/726/emenda_11_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>: Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Conselho de Desenvolvimento Comunitário do Distrito Sereno, CNPJ 20.341.905/0001-32,_x000D_
+situado na Rua Aires de Lima Monteiro, S/N, Distrito de Sereno, cujo intuito será o custeio para_x000D_
+a construção de um poço semiartesiano no Parque de exposições Agropecuárias do Distrito de_x000D_
+Sereno</t>
+  </si>
+  <si>
+    <t>727</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/727/emenda_02_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Hospital de Cataguases, CNPJ 19.529.478/0001-31, situado na Avenida Coronel Antônio_x000D_
+Augusto de Souza, 442, Vila Tereza, cujo intuito será de custeio para aquisição de materiais de_x000D_
+consumo em geral.</t>
+  </si>
+  <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/752/emenda_04_fm_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para construção de telhado_x000D_
+e pintura da unidade básica de saúde do Distrito de Sereno “Posto de Saúde Maria Ruth Sereno”,_x000D_
+situado na Avenida Manoel Inácio Peixoto, S/N.</t>
+  </si>
+  <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/753/emenda_01_ht_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para aquisição de insumos_x000D_
+para fabricação de massa asfáltica para a Secretaria de Serviços Urbanos</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/754/emenda_02_ht_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao projeto Superação, CNPJ 51.137.911/0001-04, situado na Rua Ofélia Resende, 101, Bairro_x000D_
+Menezes</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/755/emenda_03_ht_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para reforma no Centro_x000D_
+de Especialidades Odontológicas – CEO Marília Guimarães Costa, situado na Rua José de_x000D_
+Almeida Kneipp, 294, Bairro Vila Tereza</t>
+  </si>
+  <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/756/emenda_04_ht_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para aquisição de_x000D_
+equipamentos e material permanente para o Centro de Especialidades Odontológicas – CEO_x000D_
+Marília Guimarães Costa, situado na Rua José de Almeida Kneipp, 294, Bairro Vila Tereza</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/757/emenda_04_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação de Mulheres Rurais de Cataguases, CNPJ 20.342.549/0001-71, situada na Praça Governador Valadares, 170, Sala 102, Centro, cujo intuito será o custeio da realização do “44º Encontro de Mulheres Rurais” que acontecerá na comunidade de Santa Maria em 2026, conforme demanda a ser apresentada no plano de trabalho. Esse tradicional evento já faz parte do calendário da associação e visa fortalecer os vínculos, as práticas, os debates e o papel das mulheres no contexto rural.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/758/emenda_02_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao Esporte Clube Taquara Preta, CNPJ 33.430.774/0001-01, situado na Rua Maria Alcina, 40, Bairro Taquara Preta, cujo intuito será a realização do Carnaval 2026 do Bairro Taquara Preta, conforme plano de trabalho a ser apresentado. Este importante clube possui caráter social e cultural, cabendo a ele a organização e realização dessa festividade que já faz parte do calendário festivo da comunidade da Taquara Preta</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/759/emenda_03_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Escolinha de Futebol Joias da Taquara, CNPJ 52.556.775/0001-41, situada na Rua Carlos Drumond de Andrade, 455, Bairro Taquara Preta, cujo intuito será de custeio e realização dos projetos sociais e esportivos para o ano de 2026. Esses projetos visam atender as crianças e adolescentes, incentivando a prática esportiva e trabalhando valores essenciais para o crescimento e a formação de caráter</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/760/emenda_05_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao Conselho de Desenvolvimento Comunitário do Distrito de Cataguarino, CNPJ 27.060.184/0001-31, situado no Largo do Rosário, S/N, Distrito de Cataguarino, cujo intuito será o custeio da realização e premiação do 43º Concurso Leiteiro em 2026, conforme demanda a ser apresentada no plano de trabalho. Esse importante evento já faz parte do calendário festivo municipal e visa fortalecer os vínculos e as práticas do homem do campo, mantendo suas tradições e raízes.</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/761/emenda_06_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a realização das festividades do 44º Aniversário do Bairro Taquara, através da Secretaria Municipal de Cultura. A realização dessa festa já faz parte do calendário municipal de eventos, promovendo a importância e a história de um dos bairros mais tradicionais do Município de Cataguases</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/762/emenda_07_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao Conselho de Desenvolvimento Comunitário do Distrito do Glória de Cataguases, CNPJ 73.762.288/0001-05, situado na Rua Principal, S/N, Distrito do Glória, cujo intuito será a finalização da construção de um tanque de resfriamento de leite, conforme especificação será apresentada no plano de trabalho. A finalização dessa obra é de suma importância pois fomentará a produção de leite no distrito, dando condições de armazenamento com mais qualidade, apoiando os pequenos produtores rurais.</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/763/emenda_08_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de equipamentos e material permanente para o Setor da Defesa Civil de Cataguases, situada na Avenida Astolfo Dutra, 751, Centro. Os itens a serem adquiridos serão apresentados pelo responsável do setor e sua aquisição de é de extrema importância para que a Defesa Civil possa ter condições de continuar a prestar serviço de excelência à população de Cataguases</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/764/emenda_01_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao Esporte Clube Taquara Preta, CNPJ 33.430.774/0001-01, situado na Rua Maria Alcina, 40, Bairro Taquara Preta, cujo intuito será a aquisição de materiais de consumo, conforme demanda a ser apresentada no plano de trabalho até o limite proposto pela emenda, importantes para a manutenção das atividades do clube, fortalecendo o esporte amador no âmbito municipal.</t>
+  </si>
+  <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/765/emenda_09_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de materiais de consumo para o Setor da Defesa Civil de Cataguases, situada na Avenida Astolfo Dutra, 751, Centro. Os itens a serem adquiridos serão apresentados pelo responsável do setor, sendo sua aquisição essencial para a manutenção das atividades da Defesa Civil</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/766/emenda_10_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao caixa Escolar Manoel Ignácio Peixoto, CNPJ 19.476.662/0001-60, situado na Avenida José Maria Figueiredo Reis, 850, Bairro Vila Reis, cujo intuito será de aquisição de equipamentos e material permanente para a Escola Municipal Professora Carmelita Guimarães, conforme demanda a ser apresentada pelo diretor responsável até o limite do valor da emenda proposta</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/767/emenda_13_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a construção de dois banheiros para o Posto de Saúde “Vereador José L. Costa”, situado na Praça Viriatro de Almeida, S/N, Distrito de Aracati. É imprescindível a construção dos banheiros para atender ao posto, visto que se trata de uma necessidade básica, de forma que o local esteja apto para receber a população em condições satisfatórias</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/768/emenda_14_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao Projeto Superação, CNPJ 51.137.911/0001-04, situado na Rua Ofélia Resende, 101, Bairro Menezes, cujo intuito será de aquisição de equipamentos e material permanentes, conforme demanda a ser apresentada no plano de trabalho, de forma que a instituição possa continuar a desenvolver suas atividades dando assistência e apoio aos pacientes em domicílio</t>
+  </si>
+  <si>
+    <t>769</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/769/emenda_12_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos à Associação de Pais e Amigos dos Excepcionais – APAE, CNPJ 18.963.546/0001-03, situada na Avenida Guido Marliére, S/N, Bairro Haidée, cujo intuito será de custeio de suas atividades voltadas para a área da saúde, a ser apresentada no plano de trabalho conforme demanda da associação até o limite de valor proposto pela emenda.</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/770/emenda_11_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos ao caixa Escolar Conceição Aparecida do Carmo, CNPJ 00.473.910/0001-91, situado na Rua Hercyl Salgado, 30, Bairro Taquara Preta, cujo intuito será de aquisição de materiais de consumo para o Centro Municipal de Educação Infantil Rosa Maria de Oliveira, conforme demanda a ser apresentada pelo diretor responsável até o limite do valor da emenda proposta</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/771/emenda_15_vm.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para reforma do posto de saúde “ESF Doutor Hugo Sodré Lanna”, situado na Rua Maria das Dores Mendes Vaz, S/N, Bairro Taquara Preta. É de grande importância que o posto tenha uma estrutura física adequada para que possa continuar a prestar um serviço de qualidade à população, proporcionando mais segurança e conforto. Além disso, a referida emenda vem de encontro ao Ofício nº 1040/2025/1ªPJC/PA: 31.16.0153.0289394.2025-05, do Ministério Público do Estado de Minas Gerais, que trata justamente dessa adequação estrutural</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/772/emenda_15_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos à ONG Ação Minas, CNPJ 14.309.081/0001-10, situada na Rua Coronel João Duarte, 64, sala 608, Centro.</t>
+  </si>
+  <si>
+    <t>773</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/773/emenda_06_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos ao Projeto Superação, CNPJ 51.137.911/0001-04, situado na Rua Ofélia Resende, 101, Bairro Menezes.</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/774/emenda_07_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos ao Hospital de Cataguases, CNPJ 19.529.478/0001-31, situado na Rua Coronel Antônio Augusto de Souza, 442, Bairro Vila Tereza.</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/775/emenda_14_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de materiais esportivos para a Secretaria Municipal de Esportes, cuja demanda será apresentada pelo secretário, até o valor especificado.</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/776/emenda_18_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para custeio de transporte para a Secretaria Municipal de Cultura, cujo intuito será de promover e apoiar as demandas e apresentações do projeto “Bate-pau”.</t>
+  </si>
+  <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/777/emenda_09_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para reconstrução de um escadão, localizado ao lado da Escola Municipal Vigário Cassimiro, situado na Rua Romualdo Menezes, Bairro Menezes.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/778/emenda_01_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de equipamentos e material permanente para atender a demanda do posto de saúde “ESF Haidée”,</t>
+  </si>
+  <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/779/emenda_04_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos à Obra Unida Lar São Vicente de Paulo, CNPJ 26.145.870/0001-42, situada na Rua Humberto Henrique, 344, Bairro Jardim Bandeirantes I,</t>
+  </si>
+  <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/780/emenda_10_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de materiais de pintura para o Setor da Catrans, conforme demanda a ser apresentada pelo responsável, dentro do valor especificado.</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/781/emenda_05_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse ao Hospital de Cataguases, CNPJ 19.529.478/0001-31, situado na Avenida Coronel Antônio Augusto de Souza, 442, Bairro Vila Tereza.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/782/emenda_08_jb_1.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para realização de realização de exames, consultas e cirurgias diversas, através do CISUM, conforme demanda do município dentro do valor especificado.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/783/emenda_11_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de um parquinho infantil (playground) para ser instalado na Praça Paulo Viana, situada no Bairro Ana Carrara.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/784/emenda_12_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de equipamentos e material permanente para a Escola Municipal Vigário Cassimiro, situada na Rua Romualdo Menezes, 201, Bairro Menezes.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/785/emenda_02_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de equipamentos e material permanente para o posto de saúde “ESF Dr. José Francisco Junqueira Reis”, situado na Rua Deputado Ormeu Botelho, 72, Bairro Jardim Bandeirantes I.</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/786/emenda_16_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos à Associação Mineira de Apoio às Família - AMAF, CNPJ 09.944.275/0001-58, situada na Rua João Delácio, 189, Bairro Taquara Preta.</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/787/emenda_03_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de materiais de consumo para o posto de saúde “ESF Dr. José Francisco Junqueira Reis”, situado na Rua Deputado Ormeu Botelho, 72, Bairro Jardim Bandeirantes I.</t>
+  </si>
+  <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/788/emenda_13_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para aquisição de um parquinho infantil (playground) a ser instalado na Colônia Major Vieira, Zona Rural.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/789/emenda_17_jb.pdf</t>
+  </si>
+  <si>
+    <t>Reforço da dotação orçamentária para repasse de recursos à Associação Monsenhor Antônio Xavier Rodrigues “Projeto Ricardinho”, CNPJ 02.952.824/0001-97, situado na Estrada Cataguases/Cataguarino, altura do KM 10, Areia Branca, Zona Rural.</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/790/emenda_01_rd_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para repasse de recursos ao Operário Futebol Clube.</t>
+  </si>
+  <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/791/emenda_02_rd_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para repasse de recursos ao Projeto Superação.</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/792/emenda_03_rd_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para repasse de recursos ao Hospital de Cataguases.</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/793/emenda_04_rd_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para repasse de recursos à Associação de Pais e Amigos dos Excepcionais</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/794/emenda_05_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos ao Projeto Superação,</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/795/emenda_17_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Caixa Escolar Lysis Brandão da Rocha</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/796/emenda_02_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse ao Hospital de Cataguases</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/797/emenda_03_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Ao reforço da dotação orçamentária para aquisição de equipamentos e material permanentes para o posto de saúde “ESF Dr. Sebastião Ferreira dos Santos”</t>
+  </si>
+  <si>
+    <t>798</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/798/emenda_07_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Caixa Escolar José Francisco Mendes Del Peloso,</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/799/emenda_09_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Lar Ana Nery</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/800/emenda_18_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Caixa Escolar Vicente de Paulo Dias</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/801/emenda_01_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse à Obra Unida Lar São Vicente de Paulo</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/802/emenda_04_jv_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Hospital de Cataguases</t>
+  </si>
+  <si>
+    <t>803</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/803/emenda_06_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>ao reforço da dotação orçamentária para aquisição de equipamentos e material permanente para o posto de saúde “ESF Guanabara</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/804/emenda_08_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Caixa Escolar Prefeito José Esteves,</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/805/emenda_14_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos à Vila Leonardo Futebol Clube de Cataguases</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/806/emenda_10_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Caixa Escolar Nadya Maria Santos Shelb</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/807/emenda_11_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Conselho Central de Cataguases da Sociedade de São Vicente de Paulo,</t>
+  </si>
+  <si>
+    <t>808</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/808/emenda_13_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos à Associação da Economia Solidária de Cataguases,</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/809/emenda_15_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Conselho de Desenvolvimento Comunitário de Cataguarino</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/810/emenda_16_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>ao reforço da dotação orçamentária para aquisição de material de consumo para fabricação de massa asfáltica para a Secretaria de Serviços Urbanos</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/811/emenda_20_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>ao reforço da dotação orçamentária para aquisição equipamentos e material permanente para o Centro de Convivência da Terceira Idade</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/812/emenda_19_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Caixa Escolar Virgínia Silva Tiago,</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/813/emenda_21_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos para a Associação Mineira de Apoio à Família – AMAF</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/814/emenda_22_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos à Associação de Moradores dos Bairros Izabel Tavares e Fátima,</t>
+  </si>
+  <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/815/emenda_23_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos à Associação Monsenhor Antônio Xavier Rodrigues “Projeto Ricardinho”</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/816/emenda_12_jv_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos ao Conselho Central de Cataguases da Sociedade de São Vicente de Paulo</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/817/emenda_03_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de materiais de construção para o posto de saúde  “ESF Dr. Dalmo Peixoto Gomes”</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_08_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Orçamentária para realização de exames de qualquer natureza, através do CISUM</t>
+  </si>
+  <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/819/emenda_04_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de equipamentos e material permanente para o posto de saúde “ESF Dr. Antônio Hélcio Pereira de Queiroz”</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/820/emenda_17_ac_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Recursos à Associação de Pais e Amigos de Pessoas com Autismo de Cataguases “Laços”</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/821/emenda_13_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos à Associação Esportiva Social Cultural Casaca</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/822/emenda_11_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dotação orçamentária para aquisição de materiais esportivos para a Secretaria Municipal de Esportes</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/823/emenda_09_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse ao Projeto Superação</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_10_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse à Associação Monsenhor Antônio Xavier Rodrigues “Projeto Ricardinho”</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_12_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos à Associação Desportiva e Cultural Ivair de Sousa</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/826/emenda_05_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de material de consumo em geral para posto de saúde “ESF Dr. Antônio Hélcio Pereira de Queiroz”</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/827/emenda_18_ac_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos à Associação Cultural de Canto e Dança Afro Justino e São Vicente</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_06_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de material de consumo para o CAPS I</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_20_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Dotação orçamentária para a Secretaria Municipal de Cultura</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_14_ac_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos à Associação de Mulheres Rurais de Cataguases</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_15_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos à Associação “Copa Verão Futebol de Cataguases MG”</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/832/emenda_19_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos ao Esporte Clube São José</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/833/emenda_01_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos ao Hospital de Cataguases</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/834/emenda_07_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Aquisição de instrumentos musicais para o CAPS AD “Pastor Iracino Cyrino da Silva”</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/835/emenda_16_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos à associação “Mulheres Unidas Contra a Violência</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/836/emenda_21_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Repasse de recursos ao Conselho de Desenvolvimento Comunitário do Distrito de Cataguarino</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/837/emenda_02_ac_assinado.pdf</t>
+  </si>
+  <si>
+    <t>repasse de recursos à Obra Unida Lar São Vicente de Paulo</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/839/emenda_01_fa_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse à_x000D_
+Associação da Economia Solidária de Cataguases, CNPJ 61.368.526/0001-13, situada na Rua_x000D_
+São Paulo, 40, Bairro Carijós, cujo intuito será de custeio de suas atividades, a ser apresentada_x000D_
+no plano de trabalho conforme demanda da instituição.</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/840/emenda_02_fa_28229_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse à Folia de_x000D_
+Reis Cataguases MG Mensageiros de Jesus, CNPJ 56.087.283/0001-05, situada na Rua Antônio_x000D_
+Januário Carneiro, 393, Bairro João Riguete, cujo intuito será de custeio de suas atividades, a_x000D_
+ser apresentada no plano de trabalho conforme demanda, de tal forma que essa associação_x000D_
+possa manter viva as tradições culturais e artísticas cataguasenses</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/841/emenda_03_fa_28129_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse à Folia de_x000D_
+Reis União dos Amigos, CNPJ 58.508.423/0001-05, situada na Rua Guaraciaba, 140, Bairro_x000D_
+Dico Leite, cujo intuito será de custeio de suas atividades, a ser apresentada no plano de trabalho_x000D_
+conforme demanda, de tal forma que essa associação possa manter viva as tradições culturais_x000D_
+e artísticas cataguasenses.</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/842/emenda_04_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+materiais de construção para a Secretaria Municipal de Serviços Urbanos, cujo intuito será a_x000D_
+construção de guaritas na Rua Cassiano, Bairro Riguete; Rua José Carlos Panza, Bairro São_x000D_
+Vicente e Avenida Antônio Justino, Bairro Antônio Justino. Essas guaritas proporcionarão mais_x000D_
+conforto às pessoas que dependem de transporte público e necessitam de um lugar adequado_x000D_
+para a sua espera.</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/843/emenda_05_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a Associação de_x000D_
+Moradores do Bairro Izabel Tavares e Fátima, CNPJ 36.416.936/0001-45, situada na Rua_x000D_
+Waldemar Gomes Rosa, 157, Bairro Fátima, cujo intuito será de custeio para reforma do_x000D_
+banheiro e cozinha da associação na sua sede, proporcionando um lugar mais adequado e_x000D_
+confortável para realização de suas atividades e reuniões.</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/844/emenda_06_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Caixa Escolar José Francisco Mendes Del Peloso, CNPJ 00.340.895/0001-03, situado na_x000D_
+Rua Manoel Bandeira, 155, Bairro Ana Carrara, cujo intuito será a aquisição de equipamentos_x000D_
+e material permanente para a Escola Municipal Maria José Peloso, para que se possa montar e_x000D_
+equipar o fraldário, atendendo com muito mais conforto e qualidade as crianças que dependem_x000D_
+desse espaço. A relação de bens necessários para o fraldário será apresentada pelo_x000D_
+responsável conforme demanda.</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/845/emenda_07_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para a aquisição de_x000D_
+materiais esportivos para a Secretaria Municipal de Esportes, conforme demanda a ser_x000D_
+apresentada pelo secretário. A aquisição desses itens é de suma importância para dar_x000D_
+continuidade aos projetos esportivos oferecidos pelo município, proporcionando a prática de_x000D_
+esportes e lazer.</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/846/emenda_08_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Associação de Moradores do Bairro São Vicente, CNPJ 00.098.585/0001-24, situada na Rua_x000D_
+Antônio Januário Carneiro, S/N, Bairro São Vicente, cujo intuito será de aquisição de materiais_x000D_
+de construção, conforme demanda a ser apresentada no plano de trabalho, para construção da_x000D_
+sede da associação. Esse espaço a ser construído é uma necessidade do bairro para que os_x000D_
+moradores possam se reunir e se organizar, de forma a buscar soluções para as demandas da_x000D_
+comunidade.</t>
+  </si>
+  <si>
+    <t>847</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/847/emenda_09_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+materiais de pintura para o Setor da Catrans, conforme demanda a ser apresentada pelo_x000D_
+responsável, de forma que tal recurso possa subsidiar as atividades e manutenções de trânsito_x000D_
+e vias públicas do Município de Cataguases.</t>
+  </si>
+  <si>
+    <t>848</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/848/emenda_10_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Projeto Superação, CNPJ 51.137.911/0001-04, situado na Rua Ofélia Resende, 101, Bairro_x000D_
+Menezes, cujo intuito será de aquisição de equipamentos e materiais permanentes, conforme_x000D_
+demanda a ser apresentada no plano de trabalho, como forma de apoio e assistência aos_x000D_
+pacientes que se encontram em domicílio.</t>
+  </si>
+  <si>
+    <t>849</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/849/emenda_11_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição e_x000D_
+instalação de uma caixa d’água e uma janela para o Posto de Saúde Vereador L. Costa, situado_x000D_
+na Praça Viriato de Almeida, S/N, Distrito de Aracati. A instalação da caixa d’água e da janela_x000D_
+proporcionarão uma melhor adequação do espaço, atendendo de forma satisfatória àquela_x000D_
+comunidade que tanto necessita dos serviços do posto.</t>
+  </si>
+  <si>
+    <t>850</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/850/emenda_12_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Hospital de Cataguases, CNPJ 19.529.478/0001-31, situado na Rua Coronel Antônio Augusto_x000D_
+de Souza, 442, Bairro Vila Tereza, cujo intuito será de aquisição de materiais de consumo para_x000D_
+atender a Rede de Urgência/Emergência, conforme demanda a ser apresentada no plano de_x000D_
+trabalho, de tal forma que esse recurso contribuirá para a manutenção dos atendimentos tão_x000D_
+necessários à população</t>
+  </si>
+  <si>
+    <t>851</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/851/emenda_13_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+equipamentos e material permanente para o Laboratório Municipal. Caberá ao responsável do_x000D_
+laboratório providenciar a lista de equipamentos, conforme demanda, até o limite do valor_x000D_
+proposto pela emenda. Essa aquisição visa proporcionar melhores equipamentos para atender_x000D_
+a população, já que alguns itens se encontram em falta ou precários.</t>
+  </si>
+  <si>
+    <t>852</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/852/emenda_14_fa_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+materiais de consumo em geral para o Laboratório Municipal. Caberá ao responsável do_x000D_
+laboratório providenciar a lista desses materiais, conforme demanda, até o limite do valor_x000D_
+proposto pela emenda. Essa aquisição é fundamental para a manutenção das atividades do_x000D_
+laboratório, proporcionando mais conforto não só para a população atendida, como também para_x000D_
+os funcionários.</t>
+  </si>
+  <si>
+    <t>853</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/853/emenda_05_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para construção de_x000D_
+calçadas na Avenida Maria Fernandes de Barros e Rua Tenente Pires, ambas situadas no Bairro_x000D_
+Vila Reis, cujo local exato será indicado pelo propositor da emenda. A construção dessas_x000D_
+calçadas proporcionará mais segurança aos pedestres que lá transitam.</t>
+  </si>
+  <si>
+    <t>854</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/854/emenda_06_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+instrumentos musicais via Secretaria Municipal de Cultura, cujo intuito será de equipar a Banda_x000D_
+de Música do Município, conforme demanda até o limite do valor proposto pela emenda, como_x000D_
+forma de fomentar a cultura e as tradições cataguasenses.</t>
+  </si>
+  <si>
+    <t>855</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/855/emenda_07_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+materiais esportivos para a Secretaria Municipal de Esportes, conforme demanda até o valor_x000D_
+definido para a emenda, de forma que este recurso contribuirá para a manutenção das atividades_x000D_
+da secretaria, com desenvolvimento dos projetos, não só esportivos, como de lazer também</t>
+  </si>
+  <si>
+    <t>856</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/856/emenda_14_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Associação Cultural de Canto e Dança Afro, CNPJ 13.698.247/0001-75, situada na Avenida_x000D_
+Antônio Justino, 355, Bairro Antônio Justino, cujo intuito será de custeio de suas atividades_x000D_
+culturais, conforme demanda a ser apresentada no plano de trabalho.</t>
+  </si>
+  <si>
+    <t>857</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/857/emenda_17_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de_x000D_
+materiais de consumo em geral, para o posto de saúde “ESF Dr. José Queiroz Pereira”, situado_x000D_
+na Rua Leogédio Carlos da Silva,120, Bairro Vila Reis. Caberá ao responsável do posto_x000D_
+providenciar a lista de itens conforme demanda, até o valor definido pela emenda, de tal forma_x000D_
+que esses materiais contribuirão para a manutenção das atividades desta unidade de saúde.</t>
+  </si>
+  <si>
+    <t>858</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/858/emenda_15_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Hospital de Cataguases, CNPJ 19.529.478/0001-31, situado na Avenida Coronel Antônio_x000D_
+Augusto de Souza, 442, Bairro Vila Tereza, cujo intuito será a aquisição de lençóis hospitalares,_x000D_
+conforme plano de trabalho a ser apresentado, até o valor da emenda proposta. Essa aquisição_x000D_
+visa suprir a demanda por esses itens, proporcionando mais conforto aos pacientes com leitos</t>
+  </si>
+  <si>
+    <t>859</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/859/emenda_16_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de um_x000D_
+veículo de pequeno porte para o Centro de Especialidades Odontológicas – CEO Marília_x000D_
+Guimarães Costa, situado na Rua José de Almeida Kneipp, 294, Bairro Vila Tereza. Essa_x000D_
+aquisição é de suma importância pois proporcionará melhores condições aos profissionais da_x000D_
+odontologia que realizam atendimentos nos distritos de Cataguases e demais lugares de difícil_x000D_
+acesso.</t>
+  </si>
+  <si>
+    <t>860</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/860/emenda_19_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Obra Unida Lar São Vicente de Paulo, CNPJ 26.145.870/0001-42, situada na Rua Humberto_x000D_
+Henrique, 344, Bairro Jardim Bandeirantes I, cujo intuito será a aquisição de materiais de_x000D_
+consumo de uma forma geral aplicados na área da saúde, conforme demanda da instituição a_x000D_
+ser apresentada no plano de trabalho até o valor proposto, como forma de assistência aos_x000D_
+pacientes idosos assistidos por esse importante abrigo.</t>
+  </si>
+  <si>
+    <t>861</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/861/emenda_18_wl_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Hospital de Cataguases, CNPJ 19.529.478/0001-31, situado na Avenida Coronel Antônio_x000D_
+Augusto de Souza, 442, Bairro Vila Tereza, cujo intuito será a aquisição de materiais de consumo_x000D_
+para o Setor de Hemodiálise, conforme demanda a ser apresentada no plano de trabalho. É de_x000D_
+suma importância tal aquisição que permitirá a manutenção das atividades deste setor em prol_x000D_
+dos pacientes que tanto necessitam desses serviços.</t>
+  </si>
+  <si>
+    <t>862</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/862/emenda_02_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Associação de Moradores do Bairro Vila Reis, CNPJ 21.187.539/0001-71, situada na Rua José_x000D_
+Maria Figueiredo Reis, 830, Bairro Vila Reis, cujo intuito será de construção de uma escada e_x000D_
+pequenos reparos na sede da associação, conforme plano de trabalho a ser apresentado. Essa_x000D_
+adequação na sede se faz necessária, proporcionando um local mais adequado às reuniões e_x000D_
+encontros dos moradores.</t>
+  </si>
+  <si>
+    <t>863</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/863/emenda_03_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Caixa Escolar Lysis Brandão da Rocha, CNPJ 01.478.588/0001-56, situado na Avenida das_x000D_
+Indústrias, 450, Bairro Santa Clara, cujo intuito será de realização de pequenas reformas nas_x000D_
+salas da Creche Esperança, conforme demanda da escola a ser apresentada no plano de_x000D_
+trabalho pelo diretor responsável. Oferecer um local adequado para receber as crianças é de_x000D_
+suma importância e fortalece o compromisso com a população atendida.</t>
+  </si>
+  <si>
+    <t>864</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_01_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Esporte Clube Vila Reis, CNPJ 21.275.011/0001-54, situado na Rua Tenente Pires, 54, Bairro_x000D_
+Vila Reis, cujo intuito será de custeio de suas atividades esportivas e aquisição de materiais,_x000D_
+conforme demanda a ser apresentada no plano de trabalho, de forma que este recurso_x000D_
+contribuirá para o fomento do esporte amador no município.</t>
+  </si>
+  <si>
+    <t>865</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/865/emenda_20_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>866</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/866/emenda_04_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Caixa Escolar Manoel Ignácio Peixoto, CNPJ 19.476.662/0001-60, situado na Avenida José_x000D_
+Maria Figueiredo Reis, 850, Bairro Vila Reis, cujo intuito será de pequenos reparos e construção_x000D_
+de um piso na área externa da Escola Municipal Professora Carmelita Guimarães, conforme_x000D_
+demanda a ser apresentada pelo diretor responsável até o limite do valor da emenda proposta.</t>
+  </si>
+  <si>
+    <t>867</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/867/emenda_08_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Associação da Economia Solidária de Cataguases, CNPJ 61.368.526/0001-13, situada na Rua_x000D_
+São Paulo, 40, Bairro Carijós, cujo intuito será de aquisição de materiais de consumo, essenciais_x000D_
+para a manutenção de suas atividades em prol da população.</t>
+  </si>
+  <si>
+    <t>868</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/868/emenda_09_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Associação Fraterna de Assistência aos Necessitados – AFAN, CNPJ 26.146.191/0001-98,_x000D_
+situada na Rua Antônio Januário Carneiro, 463, Bairro João Riguete, cujo intuito será a_x000D_
+construção de um muro nas dependências da associação, conforme plano de trabalho a ser_x000D_
+apresentado, proporcionando mais segurança e conforto</t>
+  </si>
+  <si>
+    <t>869</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/869/emenda_10_wl_assinado_2.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para aquisição de _x000D_
+materiais de consumo em geral para o Centro de Referência da Assistência Social – CRAS, do _x000D_
+Bairro São Vicente, como forma de garantir a manutenção das atividades do centro, _x000D_
+proporcionando melhores condições de trabalho e atendimento à população.</t>
+  </si>
+  <si>
+    <t>870</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/870/emenda_11_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Associação Mineira de Apoio à Família – AMAF, CNPJ 09.944.275/0001-58, situada na Rua_x000D_
+João Delácio, 189, Bairro Taquara Preta, cujo intuito será de aquisição de alimentos e materiais_x000D_
+de consumo em geral, conforme demanda a ser apresentada no plano de trabalho, de forma a_x000D_
+garantir a manutenção das atividades da associação em apoio às famílias assistidas.</t>
+  </si>
+  <si>
+    <t>871</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/871/emenda_12_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+à Liga Esportiva de Cataguases – LEC, CNPJ 17.705.880.0001-02, situada na Rua Pedro Dutra,_x000D_
+S/N, Bairro Bela Vista, cujo intuito será de custeio de suas atividades para a realização dos_x000D_
+campeonatos municipais de futebol, de forma a garantir recursos que promovam o_x000D_
+desenvolvimento do esporte municipal, conforme plano de trabalho a ser apresentado.</t>
+  </si>
+  <si>
+    <t>872</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/872/emenda_13_wl_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Objeto da despesa e finalidade: ao reforço da dotação orçamentária para repasse de recursos_x000D_
+ao Projeto Superação, CNPJ 51.137.911/0001-04, situado na Rua Ofélia Resende, 101, Bairro_x000D_
+Menezes, cujo intuito será a aquisição de equipamentos e material permanente, conforme_x000D_
+demanda da instituição até o valor disponibilizado pela emenda a ser apresentado no plano de_x000D_
+trabalho, promovendo assistência aos pacientes que se encontram em domicílio.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>FOR</t>
   </si>
   <si>
     <t>Formulário</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/308/formulario_marcia_assinado.pdf</t>
   </si>
   <si>
     <t>Comenda Educacional - Formulário</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/274/formulario_comenda_servidor_ass.pdf</t>
   </si>
   <si>
     <t>“ COMENDA MUNICIPAL_x000D_
 MÉRITO DO SERVIDOR PÚBLICO Luiz Antônio Martins”_x000D_
@@ -4182,50 +8590,114 @@
   <si>
     <t>298</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/298/splc_03_-_altera_codigo_tributario.pdf</t>
   </si>
   <si>
     <t>Altera o texto do Código Tributário Municipal, Lei Complementar nº 4.888/2022 e dá outras providências</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/310/ppa_2026_2029_merged_1.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Plurianual para о_x000D_
 quadriênio 2026/2029 e dá outras_x000D_
 providencias.</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/476/substitutivo_ao_substitutivo_do_plc__n_003-2025_-_executivo.doc</t>
+  </si>
+  <si>
+    <t>Altera o texto do Código Tributário Municipal. Lei Complementar nº 4.888/2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>518</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/518/splc_-_revoga_artigo_30-a.pdf</t>
+  </si>
+  <si>
+    <t>Revoga integralmente o art. 30-A da Lei nº 3.815, de 13 de abril de 2010, que institui o Plano de Cargos, Carreiras e Vencimentos dos Servidores da Câmara Municipal de Cataguases, com a redação dada pela Lei nº 4.313, de 2015, bem como as demais disposições correlatas que perderam o objeto em decorrência dessa revogação. Assegura aos servidores municipais ativos o direito adquirido relativo ao benefício previsto no referido artigo, e mantém a eficácia da Resolução nº 14, de 2014, exclusivamente para os fins de operacionalização e efetivação desses direitos. Dá outras providências.</t>
+  </si>
+  <si>
+    <t>627</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/627/substituitivo_ao_projeto_de_lei_no_124-25_048-25_doacao_do_terreno_minha_casa_minha_vida_final_1.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a doar terrenos urbanos para implantação de habitações de interesse social e dá outras providências.</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/838/substitutivo_projeto_118_assinado.pdf</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVO  ao Projeto de Lei nº 118/2025_x000D_
+Dispõe sobre a obrigatoriedade de divulgação, em portal eletrônico, das informações relativas às emendas impositivas de execução obrigatória destinadas ao Município de Cataguases.</t>
+  </si>
+  <si>
+    <t>885</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/885/ilovepdf_merged_1.pdf</t>
+  </si>
+  <si>
+    <t>Substitutivo ao Projeto de Lei  Complementar  Nº   09 /2025 - Dispõe sobre alteração do § 2º do Artigo 8º, da Lei 5.067, de 21 de outubro de 2024, que Alterou o Artigo 1º da Lei nº 4.959/2023, que alterou o Artigo 1º da Lei nº 2.247/1995, Artigos 1º e 3º da Lei 5.001/2024, que dispõe sobre a classificação de Usos e Atividades Comerciais, Industriais e de Serviços, e revoga em sua totalidade a Lei Municipal nº 5.044/2024.</t>
+  </si>
+  <si>
+    <t>926</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/926/substitutivo_do_projeto_de_lei_acs_ace_novo_dez25_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Substitutivo ao Projeto de Lei nº 100/2025 - Autoriza o Poder Executivo a instituir o passe livre no transporte coletivo municipal para os Agentes Comunitários de Saúde – ACS e para os Agentes de Combate a Endemias – ACE, no Município de Cataguases, e dá outras providências”</t>
+  </si>
+  <si>
+    <t>951</t>
+  </si>
+  <si>
+    <t>https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/951/substitutivo_pl_39_-_politica_municipal_de_educacao_ambiental_-_giovana.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Educação Ambiental - PMEA e cria o Grupo de Trabalho de Educação Ambiental - GTEA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4529,56 +9001,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/313/pl_01_-_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/248/pl_04_-_estagios.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/328/pl_05_-_altera_ticket_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/329/pl_06_-_alteracao_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/330/pl_07_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/249/pl_09_-_altera_lei_4.395.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/58/pl_11_-_diabetes_mellitus_tipo_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/331/pl_13_-_altera_lei_3.442.05.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/332/pl_14_-_altera_lei_3.127_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/254/pl_15_-_comunidade_integrada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/333/pl_16_-_transporte_publico_coletivo_urbano.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/334/pl_17_-_convenio_cimvalpi.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/353/pl_18_-_bem_cultural_linguicas_artesanais.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/354/pl_19_-_altera_lei_5.055_-_secretarios.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/357/pl_21_-_altera_lei_2.513.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/359/pl_21_-_altera_lei_2.513.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/360/pl_22_-_subvencao_mensal_monsenhor_antonio_xavier.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/59/pl_23_-_criacao_aplicativo_movel_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/11/pl_ordinaria_n__028-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/312/pl_29_-_lei_orcamentaria_exercicio_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/16/pl_ordinaria_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/61/pl_33_-_transparencias_contratacoes_-_willian.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/201/pl_35_-_patrimonio_cultural_movimento_modernista_de_cataguases.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/297/gabinete_do_prefeito_proj_de_lei_n_36.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/62/pl_39_-_institui_o_plano_educacao_ambiental_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/64/pl_41_-_programa_arborizacao_urbana_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/65/pl_42_-_publicacao_jornal_relatorio_catraca_eletronica_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/66/pl_43_-_institui_politica_qualidade_de_vida_no_trabalho_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/78/pl_46_-_retirada_de_fios_internet_-_willian.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/79/pl_47_-_uso_de_coletores_bueiros_-_willian.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/63/pl_48-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/80/pl_50_-_programa_saude_do_homem_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/81/pl_51_-_vagas_pessoas_com_deficiencia_-_junio_valentim.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/82/pl_52_-_divulgacao_lei_henry_borel_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/83/pl_53_-_vacinacao_polivalente_caes_e_gatos_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/84/pl_54_-_programa_desastres_naturais_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/85/pl_55_-_dia_do_auxliar_de_servicos_gerais_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/86/pl_56_-_conscientizacao_combate_ao_fumo_na_gravidez_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/87/pl_57_-_internacao_involuntaria_dependente_quimico_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/134/pl_58_-_escola_civico_-_militar_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/136/pl_59_-_inclusao_atribuicoes_estrategicas_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/138/pl_60_-_prevencao_suicidio_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/139/pl_61_-_estabelece_limite_de_decibeis_-_willian.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/140/pl_62_-_ponto_de_apoio_mototaxi_-_willian.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/141/pl_64_-_prevencao_enchentes_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/142/pl_66_-_qualificacao_tea_-_willian.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/143/pl_68_-_promei_-_willian.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/144/pl_69_-_sinalizacao_vertical_e_horizontal_-_willian.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/55/pl_71_-_dia_da_conscientizacao_apraxia_de_fala_na_infancia_-_valentim.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/160/pl_72_-_programa_de_atencao_saude_preventiva__comunidade_rural_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/159/pl_73_-_proibicao_de_uso_de_armas_de_gel_-_willian.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/158/pl_76_-_submissao_processos_de_desapropriacao_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/145/pl_78_-_diretrizes_para_demarcacao_e_fiscalizacao_vagas_de_estacionamento_-_gropo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/57/pl_79_-_lei_moises_alergia_alimentar_grave_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/161/pl_80_-_capacitacao_motoristas_distritos_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/162/pl_81_-_circuito_distrital_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/163/pl_82_-_padronizacao_ponto_de_onibus_-_willian.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/164/pl_83_-_avaliacao_atendimento_orgaos_publicos_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/165/pl_84_-_semana_comunicacao_em_libras_-_willian.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/176/pl_85_-_apresentacao_de_certidao_de_antecedentes_criminais_-_giovanni.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/60/pl_86_-_dia_da_familia_na_escola_-_valentim.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/166/pl_87_-_regulamentacao_do_exercicio_de_atividade_fiscalizadora_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/105/pl_88_-_altera_lei_4.794_-_cristina.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/167/pl_89_-_feira_itinerante_serenart_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/168/pl_90_-_institui_carteira_pessoa_deficiencia_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/169/pl_91_-_institui_programa_casa_da_mae_atipica_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/170/pl_92_-_institui_dia_municipal_mae_e_pai_atipicos_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/171/pl_93_-_utilizacao_da_biblia_sagrada_nas_escolas_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/172/pl_94_-_comunicacao_previa_da_interrupcao_de_servicos_essenciais_-_willian.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/173/pl_95_-_programa_municipal_incentivo_excelencia_educacional_-_willian.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/174/pl_96_-_nao_exigencia_da_apresentacao_do_cartao_sus_-_willian.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/175/pl_97_-_pessoa_deficiencia_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/277/pl_98_-_estabelece_diretrizes_para_novos_feriados_-_willian.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/278/pl_99_-_utilizacao_termo_de_responsabilidade_eventos_esportivos_-_giovanni.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/279/pl_100_-_concessao_de_passe_livre_transporte_coletivo_-_giovanni.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/128/pl_101_-_politica_municipal_saude_mulheres_-_giovana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/26/pl_ordinaria_n_102-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/30/pl_ordinaria_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/29/pl_ordinaria_n_104-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/72/fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/74/libras.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/75/uniforme_tea.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/76/vacinacao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/88/pl-conscientizacao-transito-assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/98/barraca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/130/lei_assinada.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/150/institui_a_semana_municipal_de_conscientizacao_sobre_doacao_de_sangue_no_municipio_de_cataguases_e_da_outras_providencias_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/209/institui_a_lei_humberto_mauro_de_incentivo_a_cultura_de_cataguases_autoriza_a_criacao_do_fundo_municipal_de_cultur.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_vereador_gilmar_canjica.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/231/emenda_-programa_comunidade_integrada_e_da_outras_providencias_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_que_altera_-programa_comunidade_integrada_e_da_outras_providencias_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_02_obrigatoriedade_divulgacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/437/asaf_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/314/pl_02_-_amplia_numero_psicologos.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/296/plc_03_-_altera_lei_4.888_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/56/plc_04_-_altera_lei_4.888.22_-_junio_valentim.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/2/06.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/292/pl_-_revogacao_do_art._30-a_da_lei_3815-2010_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/417/plc_-_estrutura_administrativa_cmc_-_md.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/14/pl_complementar_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/50/camscanner_05-08-2025_08.43.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/189/plc_34_-_institui_o_plano_plurianual_para_o_quadrienio_2026.2029.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_037-25_orcamentaria_2026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/24/pelo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/217/decreto_comenda_assinado-2_1.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/218/decreto_lgislativo_comenda_educacional_marcos_costa.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/252/marcelo_delgado_assinada.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/253/comenda_merito_ady_pereira_jussilene_belga_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/266/decreto_comenda_servidor_publico_vereador_marcos_costa_documentos1.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/267/comenda_servidor_publico_jose_mauro_de_oliveira_barros.docx.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/271/modelo_de_decreto_comenda_educacional_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/273/servidor_publico_assinada.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/275/comenda_educacional.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/295/professor_ady_pereira_de_resende_2025_formulario_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/299/decreto_comenda_educacional_pdf_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/304/silvana_namorato.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/305/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/306/merito_educacional_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/307/modelo_de_decreto_comenda_educacional_1_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/315/merito_educacional._2025_andreia_silvestre_da_silva_e_silva-mesclado_assinado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/319/decreto_comenda_servidor_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/322/pl_servidor_2025-mesclado_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/323/formulario_comenda_servidor_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/324/decreto_comenda_servidor_gustavo__assinado.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_decreto_prof_ady_resende_2025_cristiane.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/327/comenda_servidor_-_jose_mario_assinado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/335/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/336/projeto_de_decreto_servidor_publico_2025_wladimir.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/338/comenda_servidor_flavia.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/341/decreto_.._comenda_servidor_erdenizio_eliezer_cacumbu_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/343/comenda_municipal_servidor_publico_maria_das_gracas_de_paula_diogo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/346/comenda_servidor_2025_decreto_e_formulario_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/348/formulario_-_decreto_ady_resende_-_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/349/comenda_servidor_-_jose_mario_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/433/comenda_merito_martinho_lutero_claudio_miranda.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/438/nova_assinada.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/440/ilovepdf_merged_3.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/441/comenda_comenda_martinho_lutero_historico_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/442/comenda_martinho_lutero_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/450/decreto_comenda__municipal_do_merito_martinho_lutero_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/454/comenda_martinho_lutero_assinados.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/459/comenda_martinho_lutero_pr._leandro_oliveira_castro_assinado_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/280/pr_08_-_institui_abono_natalino_-_md.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/281/pr_09_-_altera_ri_-_md.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_resolucao_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/135/comissao_bem_estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/137/regimento_bem_estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/291/pr_-_revoga__resolucao_14-2014.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/202/53_-_junio.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/340/91_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/339/115_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_124-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_125-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_126-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_129-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/69/contrato_esporte.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/70/aplicativo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/71/convocacao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_vinicius_convocacao_secretario_de_saude_mam.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_vinicius_mam_documentacao_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/97/convocacao_secretaria_cultura.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/100/ascanio_lopes.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/101/saude.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/123/lanches.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_28229_assinado_28229_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/129/intec_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/131/camara_assinada.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_santa_clara_assinado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/133/pedido_de_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/147/apae_assinada.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_processo_de_licitacao__assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/155/pelo_01_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_04_ponte_av._humberto_mauro_assinado.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_acs_ace_assinado.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/193/audiencia_publica_bairro_carijos_assinado.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_solicitadas_informacoes_ao_prefeito_municipal_sr._jose_henriques_e_a_procuradoria_do_municipio_acerca_do_contrato_firmado_com_a_empresa_bk_bank_assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_nformacoes_ao_poder_executivo_municipal_considerando_a_iminencia_do_periodo_de_chuvas_e_os_riscos_de_enchentes_e_inundacoes_no_municipio_de_cataguases_assinado.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/210/camscanner_05-09-2025_16.12_assinado.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_de_urgencia_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/230/requerimento_de_urgencia_identidade_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_pessoas_em_situacao_de_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/358/limpeza_taquara_assinado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_aumento_de_tarifa_assinado_assinado_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_006_2025_oficial.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_007_2025_oficial.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_tarifa_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/387/meio_ambiente_assinada.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/393/requerimento_maguinho_audiencia_publica_transporte.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_adaptacao_de_calcadas_e_acessibilidade_nos_principais_trechos_da_cidade_de_cataguases._assinado.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/418/fernanda_rocha_assinado.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/431/melodia_assinado.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/432/sesi_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_solicitacao_de_informacoes_sobre_projeto_tecnico_ou_estudo_para_regularizacao_das_calcadas_do_municipio_de_cataguases._assinado_2.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_poda_de_arvores_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_mesa_contratacao_empresa_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_uregencia_-_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_urgencia_poda_assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_62-2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_63-_vila_reis.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_64-2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_65-2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_02_willian_da_asaf_28229_limpeza_vila_minalda_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_63-_vila_reis.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_-_fixacao_de_um_poste_de_energia_eletrica_na_rua_jose_rodrigues_rocha2c_no_sitio_sao_caio_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_-_operacao_tapa-buracos_nos_bairros_pousa_alegre_e_sol_nascente._assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_-_operacao_tapa-buracos_nos_bairros_pousa_alegre_e_sol_nascente._assinado.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_24_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_22_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_23_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_25_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_58_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao61_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao60_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao62_assinado.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_limpeza_colinas_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_quebra_molas_sitio_sao_caio_assinado_2_gov.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_limpeza_morada_da_serra__assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/122/indicaa_a_o_nao_01__executivo__2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_00021..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_n._33-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_n._32-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_placa_aviso_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_major_vieira_502_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_pavimentacao_asfaltica_na_avenida_meia_pacata_em_cataguases._assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_indico_a_recomposicao_e_ampliacao_da_calcada_localizada_na_rua_pedro_dutra_no_bairro_bela_vista_bnh_assinado.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_-_retirada_de_tres_arvores_localizadas_na_rua_rosario_fusco2c_bairro_bela_vista2c_nas_proximidades_do_numero_67._assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao__-_fixacao_de_um_poste_de_energia_eletrica_na_rua_jose_rodrigues_rocha_no_sitio_sao_caio_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao__-_operacao_tapa-buracos_nos_bairros_pousa_alegre_e_sol_nascente._1_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_-_a_poda_das_arvores_localizadas_na_avenida_maria_fernandes_de_barros_no_38_bairro_vila_reis._assinado.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_-_limpeza_de_bocas_de_lobo_bueiros_e_galerias_pluviais_nos_bairros_vila_reis_e_carijos_assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_-_realizada_a_limpeza_e_manutencao_da_praca_manoel_inacio_peixoto._assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_a_poda_das_de_poda_de_arvores_em_vias_publicas_no_bairro_vila_reis._assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_22-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_tenente_pires_claiton_200_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_-_a_poda_das_arvores_o_corte_e_ou_a_poda_da_arvore_localizadas_na_avenida_joao_inacio_peixoto_673_granjaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_10.25.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_08.09.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_09.25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_11.25.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_27_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_28_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_29_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_26_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_30_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_n._34-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_n._35-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_n._36-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/260/poda_bairro_bom_pastor.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/261/poda_bairro_dico_leite.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/262/poda_bairro_primavera.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/263/poda_bairro_paraiso_.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/264/poda_arvore_rua_maria_gouveia_ferraz.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/265/poda_de_arvore_avenida_verissimo_mendonca_.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_-_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_-_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_-_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_-_4_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_n._37-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_n._38-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_23.docx.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_iluminacao_pontilhao_v.r_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_02_willian_da_asaf_2_monsenhor_solindo_assinado.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_02_willian_da_asaf_2_reparo_ciclovia_assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_poda_de_arvore.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_matuncao_e_pavimentacao_de_via.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_pavimentacao_independencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/351/bambu_bandeirantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/352/retirada_leonardo_assinada.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_02_willian_da_asaf_2_asfalto_sao_diniz_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_colocacao_das_placas_bairro_beira_rio_jose_nascimento_de_souza_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_capina_bairro_colinas_jose_maria_amanso_assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_-_sugere-se_que_o_evento_coral_wesleyano_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_-_sugere-se_que_o_evento_seja_realizado_anualmente_na_segunda_semana_do_mes_de_agosto_nos_anos_de_2026_2027_e_2028_assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_-_a_poda_das_arvores_localizadas_na_rua_reverendo_felipe_revale_proximo_aos_numeros_37_a_67_no_bairro_independencia_s._assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_-_pavimentacao_rua_carolina_clementina_bairro_primavera_assinado.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_n._40-2025_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_n._39-2025_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_reforma_escola_maria_jose_peloso_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_palmeiras_meia_pataca_assinado.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_limpeza_campo__assinado_2.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_poste_de_energia_rua_vereador_jorge_sales_joao_dias_neto_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_80_limpeza_linha_sao_caio_assinado.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_reparo_dos_acessos_as_calcadas_para_beneficio_dos_cadeirantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_25.docx.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_032_._2025_pavimentacao_asfaltica_no_trecho_que_liga_o_bairro_justino_ao_distrito_de_aracati._28129_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/410/indicacao_032_._2025_pavimentacao_asfaltica_no_trecho_que_liga_o_bairro_justino_ao_distrito_de_aracati._28129_28129_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/411/indicacao_031_._2025_patacao_da_rua_alzir_do_nascimento_arruda2c_localizada_no_bairro_leonardo._28129_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_-_retirada_dos_fios_inutilizados_pertencentes_as_empresas_prestadoras_de_servicos_de_telefonia_e_internet_assinado.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_26.docx.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_27.docx.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_030_._2025_pavimentacao_da_rua_nelson_fonseca2c_localizada_no_bairro_leonardo._28129_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_n._42-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_n._41-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_desobstrucao_boca_de_lobo_thurram_assinado.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_12.25.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_-_solicita_retirada_de_entulhos_em_diversas_vias_do_bairro_vila_reis._assinado.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_-_ementa_solicita_a_retirada_de_entulhos_na_rua_joao_batista_de_aguiar_neto2c_zona_rural_e28093_cataguarino2c_proximo_ao_campo._assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_n._43-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_recolocacao_de_pedras__assinado_3.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/18/mocao_de_pesar_michel_henriques_de_souza_assinado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/20/mocao_de_pesar_gelmi_marcos_martins_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/22/mc.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/23/mc_2_valentim.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/25/mc_1_fernando.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/27/mc_1_carlos_magno.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/28/mc_2_carlos_magno.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/32/mp_1_valentim_1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/34/mp_1_vinicius.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/35/mp_1_fernando.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/37/mp_2_fernando.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/39/mp_2_vinicius.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/40/mp_3_vinicius.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/41/mp_4_vinicius.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/43/mp_5_vinicius.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/45/mocao_de_pesar_gabriel_lacerda_cenci.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/51/camscanner_05-08-2025_08.54_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/52/mocao_de_congratulacao_escola_carmelita_guimaraes_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/53/mocao_de_aplauso_tata_assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/54/mocao_papito_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/94/mocao_de_pesar_gabriel_assinado.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/95/pdfreader_convert_20250811_124340_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/96/mocao_fundacao_30_anos.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/115/mocao_de_pesar__ana_gregorioo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/116/mocao_de_pesar__cecilia_cruz.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_pesar_04_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/148/mocao_de_congratulacao_2_imw__assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/151/mocao_de_congratulacao_ao_site_midia_mineira_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/153/mocao_de_pesar_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/250/mocao_julio_delgado_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_escolinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/317/mocao_comitiva_inimigos_do_fim_assinado.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/318/mocao_comitiva_sinimbu_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/321/mocao_beatriz_cerqueira_assinado.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/379/mocao_de_pesar_04_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/424/mocao_de_congratulacao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/425/mocao_de_congratulacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/426/mocao_de_congratulacao_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/191/audiencia_publica_bairro_carijos_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/355/audiencia_publica_assinada.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/388/poluicao.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/186/emenda_aditiva_ao_projeto_de_lei_ordinaria_110_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/232/emenda_-programa_comunidade_integrada_e_da_outras_providencias_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/242/emenda_ppa_assinado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/380/emenda_ppa_26_set_assinado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/4/mv_22.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/5/mv_23.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/6/mv_24.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/8/mv_25.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/17/mv_26.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/200/mensagem_de_veto_27_pl_79_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/403/veto_pl_55-25.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/404/n_59.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/405/veto_pl_51-25.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/430/vt_pl_69-25.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/107/ccj_172_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/108/ccj_173.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/109/ccj_174_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/110/ccj_175_assinado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/111/ccj_178_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/112/ccj_176_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/113/parecer_37_certo.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/114/ata_8_certa.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/117/ccj_177_assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/118/parecer_36_poposta_de_emenda_da_lei_organica_nc2ba_01.2025.doc_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/126/parecer14-cofc.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/146/screenshot_20250822_144846_drive_assinado_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/177/ata_26_2025_ccj_oficial_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/178/parecer_179_giovanni_ccj_pl_106_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/179/parecer_180_giovanni_ccj_pl_107_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/180/parecer_181_giovanni_ccj_pl_108_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/181/parecer_183_giovanni_ccj_plo_110_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/182/relatorio_plc_33.2025_assinado_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/183/relatorio_pl97_maguinho_nobrega_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/184/parecer_182_giovanni_ccj_pl_109_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/185/ata_09_saude.assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/188/pl_junio_valentim_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/215/relatorio_1842025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/216/relatorio_n_1852025_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/220/parecer_pl_922025_comissao_de_educacaook.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/221/parecer_pl_932025_comissao_de_educacao_26_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/222/ata_de_comissao_de_educacao_10_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/247/relatorio_04_-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/256/relatorio_187_2025_assinado_ricardo_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/257/parecer_1863a25_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/258/relatorio_188-25_assinado_ricardo_assinado3.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/259/camara_189.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/284/relatorio_191-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/285/relatorio_197-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/286/relatorio_192-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/287/relatorio_193-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/288/relatorio_194-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/289/relatorio_195-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/290/relatorio_196-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/301/relatorio_190_ccj__assinado_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/356/parecer_projeto_96_assinado_assinado_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/361/parecer_assinado_-_projeto_de_lei_108_2025_assinado_ok.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/364/comissao_de_educacao_26_assinado_ok_1.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/365/comissao_de_educacao_25_ok_1.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/366/parecer_projeto_95_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/369/relatorio_1982025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/370/relatorio_2002025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/371/relatorio_1992025_9cbfbd__assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/385/parecer_37_projeto_de_lei_no_33_._2025_do_poder_legislativo_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/386/parecer_041_projeto_de_lei_com_lementar_34.2025_1_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/389/parecer_043_projeto_de_lei_72.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/390/parecer_042_projeto_de_emenda_aditiva_34.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/391/parecer_041_projeto_de_lei_com_lementar_34.2025_1_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/401/relatorio_201_ccj_assinado_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/420/parecer_10_e.c.t.l_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/421/relatorio_09_e.c.t.l_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/429/relarorio_19_obras_e_serv._p_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/436/parecer_044_projeto_de_lei_complementar_08.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/443/parecer_202_giovanni_ccj_pl_118_2025_28129_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/444/parecer_203_mensagem_de_veto_28_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/445/parecer_204_mensagem_de_veto_29_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/446/parecer_205_mensagem_de_veto_30_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/447/parecer_206_mensagem_de_veto_31_2025_assinado_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/462/comissao_da_defesa_do_consumidor_e_do_contribuinte_94-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/463/comissao_de_defesa_do_consumidor_83_._2025_28229_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/308/formulario_marcia_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/274/formulario_comenda_servidor_ass.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/298/splc_03_-_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/310/ppa_2026_2029_merged_1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/313/pl_01_-_vigilancia_sanitaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/248/pl_04_-_estagios.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/328/pl_05_-_altera_ticket_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/329/pl_06_-_alteracao_plano_plurianual.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/330/pl_07_-_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/249/pl_09_-_altera_lei_4.395.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/58/pl_11_-_diabetes_mellitus_tipo_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/331/pl_13_-_altera_lei_3.442.05.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/332/pl_14_-_altera_lei_3.127_.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/254/pl_15_-_comunidade_integrada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/333/pl_16_-_transporte_publico_coletivo_urbano.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/334/pl_17_-_convenio_cimvalpi.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/353/pl_18_-_bem_cultural_linguicas_artesanais.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/354/pl_19_-_altera_lei_5.055_-_secretarios.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/357/pl_21_-_altera_lei_2.513.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/359/pl_21_-_altera_lei_2.513.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/360/pl_22_-_subvencao_mensal_monsenhor_antonio_xavier.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/59/pl_23_-_criacao_aplicativo_movel_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/11/pl_ordinaria_n__028-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/312/pl_29_-_lei_orcamentaria_exercicio_2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/16/pl_ordinaria_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/61/pl_33_-_transparencias_contratacoes_-_willian.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/201/pl_35_-_patrimonio_cultural_movimento_modernista_de_cataguases.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/297/gabinete_do_prefeito_proj_de_lei_n_36.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/62/pl_39_-_institui_o_plano_educacao_ambiental_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/64/pl_41_-_programa_arborizacao_urbana_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/65/pl_42_-_publicacao_jornal_relatorio_catraca_eletronica_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/66/pl_43_-_institui_politica_qualidade_de_vida_no_trabalho_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/78/pl_46_-_retirada_de_fios_internet_-_willian.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/79/pl_47_-_uso_de_coletores_bueiros_-_willian.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/63/pl_48-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/80/pl_50_-_programa_saude_do_homem_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/81/pl_51_-_vagas_pessoas_com_deficiencia_-_junio_valentim.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/82/pl_52_-_divulgacao_lei_henry_borel_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/83/pl_53_-_vacinacao_polivalente_caes_e_gatos_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/84/pl_54_-_programa_desastres_naturais_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/85/pl_55_-_dia_do_auxliar_de_servicos_gerais_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/86/pl_56_-_conscientizacao_combate_ao_fumo_na_gravidez_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/87/pl_57_-_internacao_involuntaria_dependente_quimico_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/134/pl_58_-_escola_civico_-_militar_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/136/pl_59_-_inclusao_atribuicoes_estrategicas_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/138/pl_60_-_prevencao_suicidio_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/139/pl_61_-_estabelece_limite_de_decibeis_-_willian.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/140/pl_62_-_ponto_de_apoio_mototaxi_-_willian.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/141/pl_64_-_prevencao_enchentes_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/142/pl_66_-_qualificacao_tea_-_willian.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/143/pl_68_-_promei_-_willian.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/144/pl_69_-_sinalizacao_vertical_e_horizontal_-_willian.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/55/pl_71_-_dia_da_conscientizacao_apraxia_de_fala_na_infancia_-_valentim.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/160/pl_72_-_programa_de_atencao_saude_preventiva__comunidade_rural_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/159/pl_73_-_proibicao_de_uso_de_armas_de_gel_-_willian.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/158/pl_76_-_submissao_processos_de_desapropriacao_-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/145/pl_78_-_diretrizes_para_demarcacao_e_fiscalizacao_vagas_de_estacionamento_-_gropo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/57/pl_79_-_lei_moises_alergia_alimentar_grave_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/161/pl_80_-_capacitacao_motoristas_distritos_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/162/pl_81_-_circuito_distrital_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/163/pl_82_-_padronizacao_ponto_de_onibus_-_willian.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/164/pl_83_-_avaliacao_atendimento_orgaos_publicos_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/165/pl_84_-_semana_comunicacao_em_libras_-_willian.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/176/pl_85_-_apresentacao_de_certidao_de_antecedentes_criminais_-_giovanni.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/60/pl_86_-_dia_da_familia_na_escola_-_valentim.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/166/pl_87_-_regulamentacao_do_exercicio_de_atividade_fiscalizadora_dos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/105/pl_88_-_altera_lei_4.794_-_cristina.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/167/pl_89_-_feira_itinerante_serenart_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/168/pl_90_-_institui_carteira_pessoa_deficiencia_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/169/pl_91_-_institui_programa_casa_da_mae_atipica_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/170/pl_92_-_institui_dia_municipal_mae_e_pai_atipicos_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/171/pl_93_-_utilizacao_da_biblia_sagrada_nas_escolas_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/172/pl_94_-_comunicacao_previa_da_interrupcao_de_servicos_essenciais_-_willian.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/173/pl_95_-_programa_municipal_incentivo_excelencia_educacional_-_willian.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/174/pl_96_-_nao_exigencia_da_apresentacao_do_cartao_sus_-_willian.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/175/pl_97_-_pessoa_deficiencia_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/277/pl_98_-_estabelece_diretrizes_para_novos_feriados_-_willian.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/278/pl_99_-_utilizacao_termo_de_responsabilidade_eventos_esportivos_-_giovanni.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/279/pl_100_-_concessao_de_passe_livre_transporte_coletivo_-_giovanni.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/128/pl_101_-_politica_municipal_saude_mulheres_-_giovana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/26/pl_ordinaria_n_102-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/30/pl_ordinaria_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/29/pl_ordinaria_n_104-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/72/fibromialgia.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/74/libras.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/75/uniforme_tea.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/76/vacinacao.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/88/pl-conscientizacao-transito-assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/98/barraca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/130/lei_assinada.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/150/institui_a_semana_municipal_de_conscientizacao_sobre_doacao_de_sangue_no_municipio_de_cataguases_e_da_outras_providencias_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/209/institui_a_lei_humberto_mauro_de_incentivo_a_cultura_de_cataguases_autoriza_a_criacao_do_fundo_municipal_de_cultur.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_vereador_gilmar_canjica.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/231/emenda_-programa_comunidade_integrada_e_da_outras_providencias_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/241/projeto_de_lei_que_altera_-programa_comunidade_integrada_e_da_outras_providencias_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/412/projeto_de_lei_02_obrigatoriedade_divulgacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/437/asaf_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/477/altera_dispositivo_do_artigo_6o_da_lei_municipal_de_no_4.576_de_17_de_marco_de_2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/480/aprova_contrato_com_do_consorcio_interfederativo_minas_gerais-ciminas_e_da_associacao_dos_municipios_integrados_minas_geraisamimg..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/504/projeto_de_lei_no_042-25_dispoe_sobre_o_repasse_de_incentivo_financeiro_por_desempenho_constante_da_portaria_gmms_no_3.493_de_10_de_abril_de_2024_1_a.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/519/projto_de_lei_no_047-25_consede_isencao_de_itbi_1.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/525/projeto_de_lei_de_doacao_do_terreno_minha_casa_minha_vida.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/535/insencao_de_iptu.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/550/projeto_de_lei_fanfarra_senai_assinado.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/554/pl_alerta_clima_no_municipio_-1_assinado.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/565/projeto_de_lei_no_049-25_dispoe_sobre_abertura_de_credito_especial_ao_orcamento_vigente_no_valor_de_r_10.00000__a.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_reconhece_e_institui_o_dia_da_cultura_gospel_no_ambito_do_municipio_de_cataguases2c_e_da_outras_providencias._assinado_1.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/570/institui_o_programa_cataguases_cidade_inclusiva_assinado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/609/cristo_vive_projeto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/625/institui2c_no_ambito_do_municipio_de_cataguases2c_o_programa_e2809cbairro_limpo2c_comunidade_felize2809d2c_e_da_outras_providencias._assinado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/626/dispoe_sobre_a_concessao_de_uso_de_espacos_publicos_municipais_a_entidades_sem_fins_lucrativos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/631/ilovepdf_merged_1_1.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/900/projeto_de_lei_no_051-25_subvencao_apae_1_b.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/906/projeto_de_lei_no_052-25_refis_2_a.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/916/pl_-_creche_sereno_tia_lyset_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/923/dispoe_sobre_a_modernizacao_e_reestruturacao_do_centro_cultural_eva_nil_do_municipio_de_cataguases_mg.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/933/pl_mulheres_guardias__assinado_1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/940/projeto_de_lei_taxi_novo_assinado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/314/pl_02_-_amplia_numero_psicologos.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/296/plc_03_-_altera_lei_4.888_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/56/plc_04_-_altera_lei_4.888.22_-_junio_valentim.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/2/06.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/292/pl_-_revogacao_do_art._30-a_da_lei_3815-2010_-_mesa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/417/plc_-_estrutura_administrativa_cmc_-_md.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/623/projeto_de_lei_complementar_novo_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/14/pl_complementar_n_031-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/50/camscanner_05-08-2025_08.43.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/189/plc_34_-_institui_o_plano_plurianual_para_o_quadrienio_2026.2029.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/464/projeto_de_lei_037-25_orcamentaria_2026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_39.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/474/projeto_de_lei_40-mesclado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/478/altera_dispositivos_da_lei_municipal_de_n_4.740de10demarco_de_2021._2.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/494/projeto_de_lei_complementar_no_044-25_-_estrut_org._sec._seg_prev._mob._e_defesa_civil_1_a.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/496/projeto_de_lei_complementar_no_045-25_-_pccvs_assinado_1_a.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/501/projeto_de_lei_complementar_no_046-2025_c.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/24/pelo_01-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/217/decreto_comenda_assinado-2_1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/218/decreto_lgislativo_comenda_educacional_marcos_costa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/252/marcelo_delgado_assinada.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/253/comenda_merito_ady_pereira_jussilene_belga_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/266/decreto_comenda_servidor_publico_vereador_marcos_costa_documentos1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/267/comenda_servidor_publico_jose_mauro_de_oliveira_barros.docx.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/271/modelo_de_decreto_comenda_educacional_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/273/servidor_publico_assinada.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/275/comenda_educacional.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/295/professor_ady_pereira_de_resende_2025_formulario_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/299/decreto_comenda_educacional_pdf_-_assinada.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/304/silvana_namorato.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/305/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/306/merito_educacional_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/307/modelo_de_decreto_comenda_educacional_1_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/315/merito_educacional._2025_andreia_silvestre_da_silva_e_silva-mesclado_assinado.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/319/decreto_comenda_servidor_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/322/pl_servidor_2025-mesclado_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/323/formulario_comenda_servidor_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/324/decreto_comenda_servidor_gustavo__assinado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/326/projeto_de_decreto_prof_ady_resende_2025_cristiane.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/327/comenda_servidor_-_jose_mario_assinado.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/335/ilovepdf_merged_2.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/336/projeto_de_decreto_servidor_publico_2025_wladimir.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/338/comenda_servidor_flavia.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/341/decreto_.._comenda_servidor_erdenizio_eliezer_cacumbu_assinado.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/343/comenda_municipal_servidor_publico_maria_das_gracas_de_paula_diogo.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/346/comenda_servidor_2025_decreto_e_formulario_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/348/formulario_-_decreto_ady_resende_-_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/349/comenda_servidor_-_jose_mario_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/433/comenda_merito_martinho_lutero_claudio_miranda.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/438/nova_assinada.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/440/ilovepdf_merged_3.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/441/comenda_comenda_martinho_lutero_historico_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/442/comenda_martinho_lutero_assinado.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/450/decreto_comenda__municipal_do_merito_martinho_lutero_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/454/comenda_martinho_lutero_assinados.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/459/comenda_martinho_lutero_pr._leandro_oliveira_castro_assinado_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/280/pr_08_-_institui_abono_natalino_-_md.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/281/pr_09_-_altera_ri_-_md.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/106/projeto_de_resolucao_assinado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/135/comissao_bem_estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/137/regimento_bem_estar_animal_assinado.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/291/pr_-_revoga__resolucao_14-2014.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/930/pl_-_centro_administrativo_cmc_mauro_ruela_-_md.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/202/53_-_junio.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/340/91_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/339/115_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_124-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_125-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_126-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_129-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_2025_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/69/contrato_esporte.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/70/aplicativo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/71/convocacao.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_vinicius_convocacao_secretario_de_saude_mam.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_vinicius_mam_documentacao_1.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/97/convocacao_secretaria_cultura.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/100/ascanio_lopes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/101/saude.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/123/lanches.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/127/requerimento_28229_assinado_28229_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/129/intec_assinado.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/131/camara_assinada.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_santa_clara_assinado.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/133/pedido_de_vista_assinado.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/147/apae_assinada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_processo_de_licitacao__assinado.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/155/pelo_01_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_04_ponte_av._humberto_mauro_assinado.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_acs_ace_assinado.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/193/audiencia_publica_bairro_carijos_assinado.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_solicitadas_informacoes_ao_prefeito_municipal_sr._jose_henriques_e_a_procuradoria_do_municipio_acerca_do_contrato_firmado_com_a_empresa_bk_bank_assinado.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_nformacoes_ao_poder_executivo_municipal_considerando_a_iminencia_do_periodo_de_chuvas_e_os_riscos_de_enchentes_e_inundacoes_no_municipio_de_cataguases_assinado.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/210/camscanner_05-09-2025_16.12_assinado.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/225/requerimento_de_urgencia_01_assinado.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/230/requerimento_de_urgencia_identidade_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/238/requerimento_pessoas_em_situacao_de_rua_assinado.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/345/requerimento_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/347/requerimento_emendas_impositivas.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/358/limpeza_taquara_assinado.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/363/requerimento_aumento_de_tarifa_assinado_assinado_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/381/requerimento_006_2025_oficial.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/382/requerimento_007_2025_oficial.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/383/requerimento_tarifa_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/387/meio_ambiente_assinada.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/393/requerimento_maguinho_audiencia_publica_transporte.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento_adaptacao_de_calcadas_e_acessibilidade_nos_principais_trechos_da_cidade_de_cataguases._assinado.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/418/fernanda_rocha_assinado.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/431/melodia_assinado.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/432/sesi_assinado.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/434/requerimento_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/452/requerimento_solicitacao_de_informacoes_sobre_projeto_tecnico_ou_estudo_para_regularizacao_das_calcadas_do_municipio_de_cataguases._assinado_2.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/453/requerimento_poda_de_arvores_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/455/requerimento_mesa_contratacao_empresa_2_assinado.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/457/requerimento_uregencia_-_02_assinado.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/458/requerimento_urgencia_poda_assinado.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/469/requerimento_de_urgencia_arvore_marote_assinado.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/479/requerimento_vinicius_serv.urbanos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/489/requerimento_contratos_temporarios_assinado.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/509/requerimento_placa_pague_menos_assinado.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/536/copasa.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/547/requerimento_vereador__gilmar_canjica___informacoes_a_respeito_de_requerimento_de_istalacao_dos_alongamentos_de_bracos_sol_nascente_reformulado.docx_2.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/571/olicita_informacoes_ao_prefeito_municipal_e_ao_setor_de_controle_interno_sobre_o_nao_envio_e_a_nao_entrega_das_contas_de_agua_da_copasa_no_municipio_de_cataguases._assinado.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/587/requerimento_transporte_publico_convocacao_e_convite_assinado_2_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/588/requerimento_licitacoes_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/589/requerimento_transporte_publico_no_municipio_de_cataguases_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/597/requerimento_de_urgencia_-_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/620/requerimento_vinicius_sec.desenvolvimento_social.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/624/requerimento_de_uergencia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/886/requerimento_de_urgencia_do_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/894/requerimento_sobre_banheiros_publicos_12_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/896/requerimento_de_urgencia_-_prefeitura_de_cataguases_assinado.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/903/requerimento_urgencia_-_prefeitura_de_cataguases_assinado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/934/requerimento_catrans_horario_de_onibus_assinado.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/7/indicacao.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/9/indicacao_2.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/12/indicacao_62-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/13/indicacao_63-_vila_reis.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/15/indicacao_64-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/10/indicacao_65-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/19/indicacao_02_willian_da_asaf_28229_limpeza_vila_minalda_assinado.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/21/indicacao_63-_vila_reis.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/47/indicacao_-_fixacao_de_um_poste_de_energia_eletrica_na_rua_jose_rodrigues_rocha2c_no_sitio_sao_caio_assinado.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/48/indicacao_-_operacao_tapa-buracos_nos_bairros_pousa_alegre_e_sol_nascente._assinado.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/49/indicacao_-_operacao_tapa-buracos_nos_bairros_pousa_alegre_e_sol_nascente._assinado.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/90/indicacao_24_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/91/indicacao_22_2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/92/indicacao_23_2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/93/indicacao_25_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/99/indicacao_58_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/102/indicacao61_assinado.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/103/indicacao60_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/104/indicacao62_assinado.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/119/indicacao_limpeza_colinas_13_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/120/indicacao_quebra_molas_sitio_sao_caio_assinado_2_gov.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_limpeza_morada_da_serra__assinado.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/122/indicaa_a_o_nao_01__executivo__2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_00021..pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_n._33-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_n._32-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_pavimentacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_placa_aviso_assinado.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_major_vieira_502_assinado.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/194/indicacao_-_pavimentacao_asfaltica_na_avenida_meia_pacata_em_cataguases._assinado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/195/indicacao_-_indico_a_recomposicao_e_ampliacao_da_calcada_localizada_na_rua_pedro_dutra_no_bairro_bela_vista_bnh_assinado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/197/indicacao_-_retirada_de_tres_arvores_localizadas_na_rua_rosario_fusco2c_bairro_bela_vista2c_nas_proximidades_do_numero_67._assinado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao__-_fixacao_de_um_poste_de_energia_eletrica_na_rua_jose_rodrigues_rocha_no_sitio_sao_caio_assinado.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao__-_operacao_tapa-buracos_nos_bairros_pousa_alegre_e_sol_nascente._1_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_-_a_poda_das_arvores_localizadas_na_avenida_maria_fernandes_de_barros_no_38_bairro_vila_reis._assinado.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_-_limpeza_de_bocas_de_lobo_bueiros_e_galerias_pluviais_nos_bairros_vila_reis_e_carijos_assinado.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_-_realizada_a_limpeza_e_manutencao_da_praca_manoel_inacio_peixoto._assinado.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_-_a_poda_das_de_poda_de_arvores_em_vias_publicas_no_bairro_vila_reis._assinado.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_22-2025.docx.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_tenente_pires_claiton_200_assinado.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_-_a_poda_das_arvores_o_corte_e_ou_a_poda_da_arvore_localizadas_na_avenida_joao_inacio_peixoto_673_granjaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_10.25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_08.09.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_09.25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_11.25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/233/indicacao_27_2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_28_2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/235/indicacao_29_2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_26_2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_30_2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/244/indicacao_n._34-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/245/indicacao_n._35-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/246/indicacao_n._36-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/260/poda_bairro_bom_pastor.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/261/poda_bairro_dico_leite.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/262/poda_bairro_primavera.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/263/poda_bairro_paraiso_.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/264/poda_arvore_rua_maria_gouveia_ferraz.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/265/poda_de_arvore_avenida_verissimo_mendonca_.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/268/indicacao_-_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/269/indicacao_-_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/270/indicacao_-_2_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/276/indicacao_-_4_assinado.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/282/indicacao_n._37-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/283/indicacao_n._38-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/294/indicacao_23.docx.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/300/indicacao_iluminacao_pontilhao_v.r_assinado-1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/309/indicacao_02_willian_da_asaf_2_monsenhor_solindo_assinado.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/311/indicacao_02_willian_da_asaf_2_reparo_ciclovia_assinado.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/342/indicacao_poda_de_arvore.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/344/indicacao_matuncao_e_pavimentacao_de_via.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/350/indicacao_pavimentacao_independencia_assinado.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/351/bambu_bandeirantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/352/retirada_leonardo_assinada.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/362/indicacao_02_willian_da_asaf_2_asfalto_sao_diniz_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/367/indicacao_colocacao_das_placas_bairro_beira_rio_jose_nascimento_de_souza_assinado.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/368/indicacao_capina_bairro_colinas_jose_maria_amanso_assinado.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/372/indicacao_-_sugere-se_que_o_evento_coral_wesleyano_assinado.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/373/indicacao_-_sugere-se_que_o_evento_seja_realizado_anualmente_na_segunda_semana_do_mes_de_agosto_nos_anos_de_2026_2027_e_2028_assinado.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/374/indicacao_-_a_poda_das_arvores_localizadas_na_rua_reverendo_felipe_revale_proximo_aos_numeros_37_a_67_no_bairro_independencia_s._assinado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/375/indicacao_-_pavimentacao_rua_carolina_clementina_bairro_primavera_assinado.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/376/indicacao_n._40-2025_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_n._39-2025_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_31.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_reforma_escola_maria_jose_peloso_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/392/indicacao_palmeiras_meia_pataca_assinado.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/394/indicacao_limpeza_campo__assinado_2.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/395/indicacao_poste_de_energia_rua_vereador_jorge_sales_joao_dias_neto_assinado.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/396/indicacao_80_limpeza_linha_sao_caio_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/397/indicacao_reparo_dos_acessos_as_calcadas_para_beneficio_dos_cadeirantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/399/indicacao_25.docx.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao_61.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/407/indicacao_032_._2025_pavimentacao_asfaltica_no_trecho_que_liga_o_bairro_justino_ao_distrito_de_aracati._28129_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/410/indicacao_032_._2025_pavimentacao_asfaltica_no_trecho_que_liga_o_bairro_justino_ao_distrito_de_aracati._28129_28129_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/411/indicacao_031_._2025_patacao_da_rua_alzir_do_nascimento_arruda2c_localizada_no_bairro_leonardo._28129_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/414/indicacao_-_retirada_dos_fios_inutilizados_pertencentes_as_empresas_prestadoras_de_servicos_de_telefonia_e_internet_assinado.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/415/indicacao_26.docx.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/416/indicacao_27.docx.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_030_._2025_pavimentacao_da_rua_nelson_fonseca2c_localizada_no_bairro_leonardo._28129_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_n._42-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/423/indicacao_n._41-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/427/indicacao_desobstrucao_boca_de_lobo_thurram_assinado.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/428/indicacao_12.25.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/448/indicacao_-_solicita_retirada_de_entulhos_em_diversas_vias_do_bairro_vila_reis._assinado.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/449/indicacao_-_ementa_solicita_a_retirada_de_entulhos_na_rua_joao_batista_de_aguiar_neto2c_zona_rural_e28093_cataguarino2c_proximo_ao_campo._assinado.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/451/indicacao_n._43-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/460/indicacao_recolocacao_de_pedras__assinado_3.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao_25_gilmar_canjica_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao_26.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao_n._44-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/468/indicacao_reparo_rua_joao_dias_guimaraes_neto_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/471/indicacao_boca_de_lobo_thurram_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/472/indicacao_63_assinada.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/481/indicacao_27_vereador_gilmar_canjica.docx.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao_limpeza_carijos_bairro_total_assinado.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao_capina_e_poda_sao_sebastiao_assinado.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao_tapa_buracos_aristobulo_machado_assinado.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/485/indicacao_limpeza_linha_do_trem_assinado.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao_sol_nascente_alvaro_mfranca_assinado.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao_capina_bairro_sao_sucesso_assinado.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao_sitio_sao_caio_capina_assinado.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/490/indicacao_-_meia_pataca_assinado.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/510/indicacao_psf_primavera_correta__assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/511/indicacao_ibraim_correta__assinado.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/512/indicacao_033_._2025_recuperacao_dos_meios-fios_do_bairro_sao_vicente_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/515/indicacao_28_vereador_gilmar_canjica.docx.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/517/indicacao_n._45-2025.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/523/indicacao_13.25.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/524/indicacao_14.25.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/528/solicita_poda_de_arvores_na_avenida_astolfo_dutra_assinado.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/534/indicacao_n._46-2025.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/537/indicacao_praca_bahamas__assinado_2.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/544/indicacao_15.25.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/548/indicacao_-_5_assinado.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao_-_6_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/557/guanabara_pavimentacao.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/563/indicacao_033_._2025_recuperacao_dos_meios-fios_do_bairro_sao_vicente_28129_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/564/indicacao_034_-_2025_solicitacao_de_limpeza_geral_no_bairro_sao_vicente_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/566/indicacao_02_willian_da_asaf_28229_pouso_alegre_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/569/indicacao_de_plantacao_de_arvores_no_bairro_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/572/indicacao_036_._2025_rlimpeza_dos_bueiros_do_bairro_sao_vicente_assinado.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/573/indicacao_039_-_2025_limpeza_e_desobstrucao_de_bueiros_e28093_av._antonio_justino_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/575/indicacao_038_-_2025_limpeza_e_desobstrucao_de_bueiros_e28093_ruas_cicero_cornelio_pinto_e_cassiano2c_bairro_riguete_assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao_037_._2025_recapeamento_e_recuperacao_de_calcadas_e28093_rua_cassiano2c_bairro_riguete_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao_040_-_2025_poda_das_arvores_localizadas_na_rua_dr._jose_pacheco_de_medeiros2c_na_vila_sao_jose2c_bairro_justino_28129_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao_66.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/579/indicacao_64.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/580/indicacao_65.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/581/indicacao_035_._2025_recuperacao_dos_meios-fios_do_bairro_sao_vicente_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/583/indicacao_041_-_2025_pavimentacao_asfaltica_da_rua_dr._jose_pacheco_de_medeiros2c_localizada_na_vila_sao_jose2c_bairro_justino2c_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/584/indicacao_047_-_2025_limpeza_e_desobstrucao_de_bueiros_e28093_av._antonio_justino_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/585/indicacao_2025_bairro_miguel_vereador_giovanni_gropo_toledo_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/586/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/590/indicacao_043_-_2025_patrolamento_e28093_trecho_do_bambu_amarelo_assinado.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/591/indicacao_044_-_2025_trecho_apos_a_rua_cassiano2c_sentido_sitio_itajai_ate_o_sitio_do_cabral2c_assinado.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/592/indicacao_047_-_2025_limpeza_e_desobstrucao_de_bueiros_e28093_av._antonio_justino_28129_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/593/indicacao_046_._2025_poda_das_arvores_localizadas_no_justino_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/594/indicacao_041_-_2025_pavimentacao_asfaltica_da_rua_dr._jose_pacheco_de_medeiros2c_localizada_na_vila_sao_jose2c_bairro_justino2c_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/595/indicacao_042_-_2025_solicitacao_de_limpeza_geral_no_bairro_justino_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/598/indicacoes_-_062025_catrans_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/599/indicacao_arvore_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/600/indicacao_bueiro_3_assinado.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/601/indicacao_bueiro_2_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao_l_im_p_e_z_a_assinado.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao_-_7_assinado.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/611/de_poda_de_arvores_no_vila_reis2c_bela_vista_28bnh29_carijos_e_sao_caio._novembro._assinado.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/612/capina_e_a_limpeza_das_calcadas_dos_bairros_vila_reis2c_bela_vista_28bnh292c_carijos_e_sao_caio_novembro._assinado.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/613/indicacao_n._47-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/614/indicacao_n._48-2025_-pdf.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/615/indicacao_n._49-2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/617/indicacao_n._52-2025_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/618/indicacao_n._51-2025_-pdf.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/619/indicacao_n._50-2025_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/621/indicacao_2025_bairro_colinas_r._prof._ant._amaro_dr._walter_gomes_rosa_vereador_giovanni_g_assinado.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/628/indicacao_n._53-2025_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/882/indicacao_n._54-2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/887/indicacao_tapa_buracos_carijos_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/888/indicacao_poda_de_arvore_ibraim_11_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/889/indicacao_capina_total_carijos_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/890/indicacao_retirada_de_lixo_marote_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/891/indicacao_muro_de_arrimo_sigismundo_ferreira_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/892/indicacao_reparo_galeria_carijos_rua_sergipe_assinado.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/893/indicacao_poda_de_arvore_marote_11_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/898/indicacao_limpeza_sebastiao_fonseca.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/918/indicacao_capina_santa_clara_assinado.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/919/indicacao_-_8_assinado.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/920/indicacao_capina_sao_pedro_assinado.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/921/copia_assinado.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/922/indicacao_09_assinado.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/925/_b._colinas_e_colinas_ii_vereador_giovanni_gropo_toledo_assinado.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/927/indicacao_2025_-_manutencao_na_praca_do_b._colinas_vereador_giovanni_gropo_toledo_assinado.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/928/indicacao_2025_-_manutencao_da_poda_no_b._colinas_vereador_giovanni_gropo_toledo_assinado.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/929/lote12_assinado.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/935/indicacao_melo_viana.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/937/indicacao_n._55-2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/18/mocao_de_pesar_michel_henriques_de_souza_assinado.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/20/mocao_de_pesar_gelmi_marcos_martins_assinado.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/22/mc.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/23/mc_2_valentim.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/25/mc_1_fernando.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/27/mc_1_carlos_magno.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/28/mc_2_carlos_magno.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/32/mp_1_valentim_1.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/34/mp_1_vinicius.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/35/mp_1_fernando.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/37/mp_2_fernando.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/39/mp_2_vinicius.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/40/mp_3_vinicius.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/41/mp_4_vinicius.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/43/mp_5_vinicius.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/45/mocao_de_pesar_gabriel_lacerda_cenci.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/51/camscanner_05-08-2025_08.54_assinado.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/52/mocao_de_congratulacao_escola_carmelita_guimaraes_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/53/mocao_de_aplauso_tata_assinado.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/54/mocao_papito_assinado.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/94/mocao_de_pesar_gabriel_assinado.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/95/pdfreader_convert_20250811_124340_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/96/mocao_fundacao_30_anos.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/115/mocao_de_pesar__ana_gregorioo.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/116/mocao_de_pesar__cecilia_cruz.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/124/mocao_de_pesar_04_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/148/mocao_de_congratulacao_2_imw__assinado.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/151/mocao_de_congratulacao_ao_site_midia_mineira_assinado.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/153/mocao_de_pesar_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/250/mocao_julio_delgado_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/316/mocao_escolinha_assinado.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/317/mocao_comitiva_inimigos_do_fim_assinado.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/318/mocao_comitiva_sinimbu_assinado.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/321/mocao_beatriz_cerqueira_assinado.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/379/mocao_de_pesar_04_assinado.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/424/mocao_de_congratulacao_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/425/mocao_de_congratulacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/426/mocao_de_congratulacao_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/470/mocao_.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/492/mocao.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/505/mocao_de_congratulacao.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/506/mocao_de_pesar__edna_marquesine.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/507/mocao_congratulacao_joias_da_taq.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/508/mocao_de_pesar__frotild.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/513/mocao_de_pesar_-_marcelo_ruela.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/514/mocao_de_pesar_-_maria_helena_goncalves_virginio.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/516/mocao_de_pesar_04_28329_assinado.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/529/mocao_de_congratulacao_taina_porto_ferreira_assinado.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/532/mocao_de_pesar._marcelo_dos_santos_oliveira_-_ratao_assinado.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/533/mocao_de_pesar._antonio_pereira_da_silva_28socrates29_assinado.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/559/mocao_de_congratulacao_denise_aparecida_de_melo_lopes_assinado.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/560/mocao_de_congratulacao_2.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/561/mocao_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/562/mocao_de_pesar_alair_rodrigues_assinado.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/567/mocao_de_pesar_sr._carlos_antonio_assinado.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/596/mocao_de_pesar_04.docx_assinado.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/603/mocao_de_pesar_-_pb._geraldo_teixeira_de_carvalho_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/604/mocao_de_pesar_priscila_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/610/mocao_de_pesar_-_lair__rodrigues_-_pdf.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/629/mocao_de_pesar_pedro.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/874/mocao_de_pesar_de_jose_antonio.docx.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/875/mocao_de_pesar__maria_lucia_t.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/877/mocao_de_pesar_jose_macedo.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/878/mocao_de_pesar_maria_vilma.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/879/mocao_de_pesar__isabel_peres.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/880/mocao_de_pesar_pedro.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/897/mocao_de_pesar_samuel_guimaraes_toledo_assinado.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/901/mocao_de_congratulacao_parlamento.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/902/mocao_congratulacao_tcl_1.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/907/mocao_de_pesar_sergio.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/908/mocao_de_pesar__jose_renatoo.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/909/mocao_de_pesar__jose_helenoo.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/924/mocao_de_pesar_simeone.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/931/mocao_pesar_-_tio_luiz_assinado.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/932/mocao_pesar_ze_mario_assinado.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/936/mocao_de_pesar__jose_augusto.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/938/mocao_de_pesar_-_elcio_luiz_da_silva.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/939/mocao_de_pesar_-_evangelhista_carlos_alberto_tavares_pinheiro.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/191/audiencia_publica_bairro_carijos_assinado.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/355/audiencia_publica_assinada.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/388/poluicao.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/186/emenda_aditiva_ao_projeto_de_lei_ordinaria_110_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/232/emenda_-programa_comunidade_integrada_e_da_outras_providencias_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/242/emenda_ppa_assinado.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/380/emenda_ppa_26_set_assinado.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/503/emenda_modificativa_-_plconsorcio_assinado.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/632/emenda_01_ag.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/904/emenda_gratificacao.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/912/emenda_aditiva_ao_projeto_de_lei_ordinaria_nc2ba_122_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/914/emenda_aditiva_01_plc_04_executivo_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/915/emenda_aditiva_01_plc__04__-_ricardo.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/941/emenda_aditiva_ao_plc_09.25_-_vinicius.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/4/mv_22.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/5/mv_23.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/6/mv_24.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/8/mv_25.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/17/mv_26.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/200/mensagem_de_veto_27_pl_79_-_fernando.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/403/veto_pl_55-25.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/404/n_59.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/405/veto_pl_51-25.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/430/vt_pl_69-25.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/582/mensagem_de_veto_pl_108.25.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/917/mensagem_de_veto_ao_pl_99_-_giovanni.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/107/ccj_172_assinado.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/108/ccj_173.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/109/ccj_174_assinado.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/110/ccj_175_assinado.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/111/ccj_178_assinado.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/112/ccj_176_assinado.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/113/parecer_37_certo.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/114/ata_8_certa.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/117/ccj_177_assinado.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/118/parecer_36_poposta_de_emenda_da_lei_organica_nc2ba_01.2025.doc_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/126/parecer14-cofc.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/146/screenshot_20250822_144846_drive_assinado_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/177/ata_26_2025_ccj_oficial_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/178/parecer_179_giovanni_ccj_pl_106_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/179/parecer_180_giovanni_ccj_pl_107_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/180/parecer_181_giovanni_ccj_pl_108_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/181/parecer_183_giovanni_ccj_plo_110_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/182/relatorio_plc_33.2025_assinado_assinado_5.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/183/relatorio_pl97_maguinho_nobrega_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/184/parecer_182_giovanni_ccj_pl_109_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/185/ata_09_saude.assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/188/pl_junio_valentim_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/215/relatorio_1842025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/216/relatorio_n_1852025_assinado.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/220/parecer_pl_922025_comissao_de_educacaook.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/221/parecer_pl_932025_comissao_de_educacao_26_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/222/ata_de_comissao_de_educacao_10_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/247/relatorio_04_-2025_pdf.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/256/relatorio_187_2025_assinado_ricardo_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/257/parecer_1863a25_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/258/relatorio_188-25_assinado_ricardo_assinado3.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/259/camara_189.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/284/relatorio_191-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/285/relatorio_197-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/286/relatorio_192-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/287/relatorio_193-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/288/relatorio_194-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/289/relatorio_195-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/290/relatorio_196-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/301/relatorio_190_ccj__assinado_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/356/parecer_projeto_96_assinado_assinado_29_assinado.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/361/parecer_assinado_-_projeto_de_lei_108_2025_assinado_ok.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/364/comissao_de_educacao_26_assinado_ok_1.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/365/comissao_de_educacao_25_ok_1.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/366/parecer_projeto_95_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/369/relatorio_1982025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/370/relatorio_2002025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/371/relatorio_1992025_9cbfbd__assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/385/parecer_37_projeto_de_lei_no_33_._2025_do_poder_legislativo_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/386/parecer_041_projeto_de_lei_com_lementar_34.2025_1_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/389/parecer_043_projeto_de_lei_72.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/390/parecer_042_projeto_de_emenda_aditiva_34.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/391/parecer_041_projeto_de_lei_com_lementar_34.2025_1_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/401/relatorio_201_ccj_assinado_29_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/420/parecer_10_e.c.t.l_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/421/relatorio_09_e.c.t.l_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/429/relarorio_19_obras_e_serv._p_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/436/parecer_044_projeto_de_lei_complementar_08.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/443/parecer_202_giovanni_ccj_pl_118_2025_28129_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/444/parecer_203_mensagem_de_veto_28_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/445/parecer_204_mensagem_de_veto_29_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/446/parecer_205_mensagem_de_veto_30_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/447/parecer_206_mensagem_de_veto_31_2025_assinado_assinado_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/462/comissao_da_defesa_do_consumidor_e_do_contribuinte_94-2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/463/comissao_de_defesa_do_consumidor_83_._2025_28229_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/475/parecer_plo_103.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/491/parecer_045_projeto_de_lei_121_-_.2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/493/parecer_20_projeto_de_lei_121-2025-1_assinado_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/495/parecer_208_giovanni_ccj_pl_82_2025_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/497/parecer_209_giovanni_ccj_plc_36_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/498/parecer_210_giovanni_ccj_plo_36_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/499/parecer_211_giovanni_ccj_pl_119_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/500/parecer_212_giovanni_ccj_pl_101_2025_28229_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/520/parecer_215_giovanni_ccj_plo_114_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/521/parecer_214_giovanni_ccj_plc_37_2025_assinado_-_copia.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/522/parecer_216_giovanni_ccj_substitutivo_plc_3_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/526/parecer_21_projeto_complementar_36_assinado.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/527/parecer_22_projeto_complementar_37_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/530/parecer_047_projeto_de_lei_82-2025_willan_asaf_assinado_28129_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/531/parecer_048_projeto_de_lei_nc2b0_37-_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/538/parecer_217_giovanni_ccj_plo_122_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/540/parecer_220_giovanni_ccj_plc_40_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/541/parecer_219_giovanni_ccj_plc_39_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/542/parecer_221_giovanni_ccj_plc_38_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/543/parecer_222_giovanni_ccj_plc_41_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/545/parecer_048_projeto_de_lei_complementar_nc2b0_35-_2025_28129_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/546/parecer_049_projeto_de_lei_complementar_nc2b0_40-_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/551/comissao_de_seguranca_publica_40_-_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/552/comissao_de_seguranca_publica_39_executivo_-_pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/553/comissao_de_seguranca_publica_41_executivo._pdf_assinado.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/556/parecer_23_projeto_de_lei_36_executivo_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/558/parecer_223_giovanni_ccj_plo_124_2025_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/605/parecer_226_giovanni_ccj_plo_123_2025_assinado_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/630/parecer_218_giovanni_ccj_plo_120_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/728/parecer_da_comissao_de_orcamento_pl_128_28229_assinado_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/881/parecer_11_e.c.t.l_26_11_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/895/parecer_saude_1_assinado.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/910/parecer_224_giovanni_ccj_plo_127_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/911/cristina_assinado_1_1.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/913/screenshot_20251210_115051_onedrive_assinado.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/942/parecer_229_giovanni_ccj_plo_131_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/943/parecer_236_mensagem_de_veto_33_plo_99_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/944/parecer_230_giovanni_ccj_plo_133_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/945/parecer_228_giovanni_ccj_plo_129_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/946/parecer_231_giovanni_ccj_plo_137_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/947/parecer_232_giovanni_ccj_plo_138_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/948/parecer_233_giovanni_ccj_pr_14_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/949/parecer_234_giovanni_ccj_substitutivo_nc2ba_7_plc_9_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/950/parecer_235_giovanni_ccj_substitutivo_nc2ba_6_plo_118_2025_assinado_assinado.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/952/parecer_pl_50_-_henrique_thurram.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/953/parecer_pl_50_-_henrique.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/954/parecer_ccj_substitutivo_pl_39-2025.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/955/parecer_ce_substitutivo_pl_39-2025.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/956/parecer_pl_47_-_willian.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/957/parecer_pl_47.25_-_willian.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/976/parecer_pl_107.25_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/977/parecer_pl_107_-_maguinho.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/633/emenda_01_ag.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/634/emenda_02_ag.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/635/emenda_03_ag.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/636/emenda_04_ag.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/637/emenda_05_ag.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/638/emenda_06_ag.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/639/emenda_01_assinada.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/640/emenda_02_assinada.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/641/emenda_03_assinada.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/642/emenda_04_assinada.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/643/emenda_05_assinada.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/644/emenda_06_assinada.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/645/emenda_07_assinada.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/646/emenda_08_assinada.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/647/emenda_09_assinada.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/648/emenda_10_assinada.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/649/emenda_11_assinada.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/650/emenda_12_assinada.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/651/emenda_13_assinada.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/652/emenda_14_assinada.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/653/emenda_15_assinada.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/654/emenda_16_assinada.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/655/emenda_17_assinada.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/656/emenda_13_cm.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/657/emenda_02_cm.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/658/emenda_03_cm.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/659/emenda_04_cm.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/660/emenda_05_cm.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/661/emenda_08_cm.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/662/emenda_06_cm.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/663/emenda_07_cm.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/664/emenda_11_cm.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/665/emenda_14_cm.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/666/emenda_10_cm.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/667/emenda_15_cm.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/668/emenda_09_cm.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/669/emenda_16_cm.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/670/emenda_17_cm.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/671/emenda_01_cm.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/672/emenda_12_cm.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/673/emenda_07_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/674/emenda_09_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/675/emenda_01_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/676/emenda_10_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/677/emenda_11_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/678/emenda_12_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/679/emenda_02_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/680/emenda_04_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/681/emenda_03_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/682/emenda_06_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/683/emenda_05_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/684/emenda_08_gc_assinado.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/685/emenda_08_mc.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/686/emenda_09_mc.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/687/emenda_10_mc.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/688/emenda_03_mc.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/689/emenda_01_mc.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/690/emenda_02_mc.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/691/emenda_04_mc.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/692/emenda_07_mc.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/693/emenda_05_mc.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/694/emenda_06_mc.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/695/emenda_11_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/696/emenda_09_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/697/emenda_12_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/698/emenda_13_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/699/emenda_16_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/700/emenda_14_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/701/emenda_19_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/702/emenda_15_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/703/emenda_07_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/704/emenda_17_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/705/emenda_01_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/706/emenda_03_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/707/emenda_18_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/708/emenda_02_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/709/emenda_04_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/710/emenda_10_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/711/emenda_06_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/712/emenda_20_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/713/emenda_08_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/714/emenda_05_gg_assinado.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/715/emenda_06_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/716/emenda_03_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/717/emenda_09_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/718/emenda_12_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/719/emenda_05_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/720/emenda_07_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/721/emenda_13_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/722/emenda_08_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/723/emenda_10_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/724/emenda_14_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/725/emenda_01_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/726/emenda_11_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/727/emenda_02_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/752/emenda_04_fm_assinado.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/753/emenda_01_ht_assinado.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/754/emenda_02_ht_assinado.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/755/emenda_03_ht_assinado.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/756/emenda_04_ht_assinado.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/757/emenda_04_vm.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/758/emenda_02_vm.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/759/emenda_03_vm.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/760/emenda_05_vm.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/761/emenda_06_vm.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/762/emenda_07_vm.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/763/emenda_08_vm.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/764/emenda_01_vm.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/765/emenda_09_vm.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/766/emenda_10_vm.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/767/emenda_13_vm.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/768/emenda_14_vm.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/769/emenda_12_vm.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/770/emenda_11_vm.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/771/emenda_15_vm.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/772/emenda_15_jb.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/773/emenda_06_jb.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/774/emenda_07_jb.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/775/emenda_14_jb.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/776/emenda_18_jb.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/777/emenda_09_jb.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/778/emenda_01_jb.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/779/emenda_04_jb.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/780/emenda_10_jb.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/781/emenda_05_jb.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/782/emenda_08_jb_1.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/783/emenda_11_jb.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/784/emenda_12_jb.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/785/emenda_02_jb.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/786/emenda_16_jb.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/787/emenda_03_jb.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/788/emenda_13_jb.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/789/emenda_17_jb.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/790/emenda_01_rd_assinado.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/791/emenda_02_rd_assinado.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/792/emenda_03_rd_assinado.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/793/emenda_04_rd_assinado.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/794/emenda_05_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/795/emenda_17_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/796/emenda_02_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/797/emenda_03_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/798/emenda_07_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/799/emenda_09_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/800/emenda_18_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/801/emenda_01_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/802/emenda_04_jv_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/803/emenda_06_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/804/emenda_08_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/805/emenda_14_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/806/emenda_10_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/807/emenda_11_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/808/emenda_13_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/809/emenda_15_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/810/emenda_16_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/811/emenda_20_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/812/emenda_19_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/813/emenda_21_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/814/emenda_22_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/815/emenda_23_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/816/emenda_12_jv_assinado.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/817/emenda_03_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/818/emenda_08_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/819/emenda_04_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/820/emenda_17_ac_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/821/emenda_13_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/822/emenda_11_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/823/emenda_09_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/824/emenda_10_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/825/emenda_12_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/826/emenda_05_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/827/emenda_18_ac_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_06_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_20_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_14_ac_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_15_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/832/emenda_19_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/833/emenda_01_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/834/emenda_07_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/835/emenda_16_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/836/emenda_21_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/837/emenda_02_ac_assinado.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/839/emenda_01_fa_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/840/emenda_02_fa_28229_assinado.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/841/emenda_03_fa_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/842/emenda_04_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/843/emenda_05_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/844/emenda_06_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/845/emenda_07_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/846/emenda_08_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/847/emenda_09_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/848/emenda_10_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/849/emenda_11_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/850/emenda_12_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/851/emenda_13_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/852/emenda_14_fa_assinado.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/853/emenda_05_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/854/emenda_06_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/855/emenda_07_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/856/emenda_14_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/857/emenda_17_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/858/emenda_15_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/859/emenda_16_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/860/emenda_19_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/861/emenda_18_wl_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/862/emenda_02_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/863/emenda_03_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/864/emenda_01_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/865/emenda_20_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/866/emenda_04_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/867/emenda_08_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/868/emenda_09_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/869/emenda_10_wl_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/870/emenda_11_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/871/emenda_12_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/872/emenda_13_wl_assinado.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/308/formulario_marcia_assinado.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/274/formulario_comenda_servidor_ass.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/298/splc_03_-_altera_codigo_tributario.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/310/ppa_2026_2029_merged_1.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/476/substitutivo_ao_substitutivo_do_plc__n_003-2025_-_executivo.doc" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/518/splc_-_revoga_artigo_30-a.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/627/substituitivo_ao_projeto_de_lei_no_124-25_048-25_doacao_do_terreno_minha_casa_minha_vida_final_1.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/838/substitutivo_projeto_118_assinado.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/885/ilovepdf_merged_1.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/926/substitutivo_do_projeto_de_lei_acs_ace_novo_dez25_assinado.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cataguases.mg.leg.br/media/sapl/public/materialegislativa/2025/951/substitutivo_pl_39_-_politica_municipal_de_educacao_ambiental_-_giovana.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H439"/>
+  <dimension ref="A1:H898"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="250.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -7031,8963 +11503,20894 @@
       </c>
       <c r="E95" t="s">
         <v>12</v>
       </c>
       <c r="F95" t="s">
         <v>97</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>368</v>
       </c>
       <c r="H95" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>370</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
         <v>371</v>
       </c>
       <c r="D96" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="H96" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="D97" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="H97" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>168</v>
+        <v>378</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>17</v>
+        <v>379</v>
       </c>
       <c r="D98" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>148</v>
+        <v>13</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>380</v>
       </c>
       <c r="H98" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>371</v>
+        <v>382</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>25</v>
+        <v>383</v>
       </c>
       <c r="D99" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>382</v>
+        <v>13</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H99" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>29</v>
+        <v>387</v>
       </c>
       <c r="D100" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>382</v>
+        <v>13</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H100" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="D101" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>373</v>
+        <v>12</v>
+      </c>
+      <c r="F101" t="s">
+        <v>173</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H101" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>46</v>
+        <v>394</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D102" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>138</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="H102" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>142</v>
+        <v>398</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>96</v>
+        <v>399</v>
       </c>
       <c r="D103" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H103" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>398</v>
+        <v>302</v>
       </c>
       <c r="D104" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="H104" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>101</v>
+        <v>406</v>
       </c>
       <c r="D105" t="s">
-        <v>372</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>373</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="H105" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>10</v>
+        <v>337</v>
       </c>
       <c r="D106" t="s">
-        <v>405</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>406</v>
+        <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>407</v>
+        <v>97</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="H106" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D107" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H107" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>416</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>109</v>
+        <v>417</v>
       </c>
       <c r="D108" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F108" t="s">
-        <v>417</v>
+        <v>97</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H108" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>420</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>421</v>
       </c>
       <c r="D109" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E109" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>422</v>
       </c>
       <c r="H109" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>424</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>113</v>
+        <v>176</v>
       </c>
       <c r="D110" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E110" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>351</v>
+        <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>425</v>
       </c>
       <c r="H110" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>427</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>117</v>
+        <v>428</v>
       </c>
       <c r="D111" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E111" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F111" t="s">
-        <v>417</v>
+        <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H111" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>121</v>
+        <v>179</v>
       </c>
       <c r="D112" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E112" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>351</v>
+        <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H112" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D113" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E113" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>38</v>
+        <v>436</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="H113" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>125</v>
+        <v>182</v>
       </c>
       <c r="D114" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E114" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>173</v>
+        <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="H114" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>129</v>
+        <v>186</v>
       </c>
       <c r="D115" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E115" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F115" t="s">
-        <v>304</v>
+        <v>251</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="H115" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>133</v>
+        <v>189</v>
       </c>
       <c r="D116" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
       <c r="E116" t="s">
-        <v>413</v>
+        <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="H116" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>137</v>
+        <v>449</v>
       </c>
       <c r="D117" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E117" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F117" t="s">
-        <v>447</v>
+        <v>13</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="H117" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>454</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>455</v>
+      </c>
+      <c r="D118" t="s">
         <v>450</v>
       </c>
-      <c r="B118" t="s">
-[...2 lines deleted...]
-      <c r="C118" t="s">
+      <c r="E118" t="s">
         <v>451</v>
       </c>
-      <c r="D118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F118" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="H118" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>454</v>
+        <v>168</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="D119" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E119" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F119" t="s">
-        <v>455</v>
+        <v>148</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H119" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>147</v>
+        <v>25</v>
       </c>
       <c r="D120" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E120" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F120" t="s">
-        <v>223</v>
+        <v>460</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="H120" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>152</v>
+        <v>29</v>
       </c>
       <c r="D121" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E121" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F121" t="s">
-        <v>251</v>
+        <v>460</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="H121" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>156</v>
+        <v>467</v>
       </c>
       <c r="D122" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E122" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="H122" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>160</v>
+        <v>33</v>
       </c>
       <c r="D123" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E123" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F123" t="s">
         <v>148</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H123" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>471</v>
+        <v>46</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>168</v>
+        <v>473</v>
       </c>
       <c r="D124" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E124" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F124" t="s">
-        <v>223</v>
+        <v>13</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="H124" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>474</v>
+        <v>142</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>172</v>
+        <v>96</v>
       </c>
       <c r="D125" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E125" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F125" t="s">
-        <v>447</v>
+        <v>13</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H125" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>36</v>
+        <v>479</v>
       </c>
       <c r="D126" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E126" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F126" t="s">
-        <v>251</v>
+        <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H126" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>81</v>
+        <v>101</v>
       </c>
       <c r="D127" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E127" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F127" t="s">
-        <v>481</v>
+        <v>13</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H127" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>183</v>
+        <v>105</v>
       </c>
       <c r="D128" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E128" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F128" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="H128" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>95</v>
+        <v>489</v>
       </c>
       <c r="D129" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E129" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F129" t="s">
-        <v>455</v>
+        <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H129" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>108</v>
+        <v>493</v>
       </c>
       <c r="D130" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E130" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F130" t="s">
-        <v>481</v>
+        <v>13</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="H130" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D131" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E131" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F131" t="s">
-        <v>304</v>
+        <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="H131" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>116</v>
+        <v>500</v>
       </c>
       <c r="D132" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E132" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F132" t="s">
-        <v>465</v>
+        <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="H132" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="D133" t="s">
-        <v>412</v>
+        <v>450</v>
       </c>
       <c r="E133" t="s">
-        <v>413</v>
+        <v>451</v>
       </c>
       <c r="F133" t="s">
-        <v>138</v>
+        <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="H133" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>503</v>
+        <v>10</v>
       </c>
       <c r="D134" t="s">
-        <v>412</v>
+        <v>507</v>
       </c>
       <c r="E134" t="s">
-        <v>413</v>
+        <v>508</v>
       </c>
       <c r="F134" t="s">
-        <v>97</v>
+        <v>509</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="H134" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>124</v>
+        <v>493</v>
       </c>
       <c r="D135" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E135" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F135" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="H135" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>202</v>
+        <v>109</v>
       </c>
       <c r="D136" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E136" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F136" t="s">
-        <v>143</v>
+        <v>518</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>510</v>
+        <v>519</v>
       </c>
       <c r="H136" t="s">
-        <v>511</v>
+        <v>520</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>512</v>
+        <v>521</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
+        <v>500</v>
+      </c>
+      <c r="D137" t="s">
         <v>513</v>
       </c>
-      <c r="D137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E137" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F137" t="s">
-        <v>351</v>
+        <v>173</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="H137" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>205</v>
+        <v>113</v>
       </c>
       <c r="D138" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E138" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F138" t="s">
-        <v>173</v>
+        <v>351</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="H138" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>209</v>
+        <v>117</v>
       </c>
       <c r="D139" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E139" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F139" t="s">
-        <v>455</v>
+        <v>518</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="H139" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>213</v>
+        <v>121</v>
       </c>
       <c r="D140" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E140" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F140" t="s">
-        <v>97</v>
+        <v>351</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="H140" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>320</v>
+        <v>534</v>
       </c>
       <c r="D141" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E141" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F141" t="s">
-        <v>223</v>
+        <v>38</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>526</v>
+        <v>535</v>
       </c>
       <c r="H141" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>528</v>
+        <v>537</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>324</v>
+        <v>125</v>
       </c>
       <c r="D142" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E142" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F142" t="s">
-        <v>447</v>
+        <v>173</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>529</v>
+        <v>538</v>
       </c>
       <c r="H142" t="s">
-        <v>530</v>
+        <v>539</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>531</v>
+        <v>540</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>217</v>
+        <v>129</v>
       </c>
       <c r="D143" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E143" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F143" t="s">
-        <v>138</v>
+        <v>304</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>532</v>
+        <v>541</v>
       </c>
       <c r="H143" t="s">
-        <v>533</v>
+        <v>542</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>534</v>
+        <v>543</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>535</v>
+        <v>133</v>
       </c>
       <c r="D144" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E144" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F144" t="s">
-        <v>251</v>
+        <v>97</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>126</v>
+        <v>544</v>
       </c>
       <c r="H144" t="s">
-        <v>536</v>
+        <v>545</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>537</v>
+        <v>546</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="D145" t="s">
-        <v>412</v>
+        <v>513</v>
       </c>
       <c r="E145" t="s">
-        <v>413</v>
+        <v>514</v>
       </c>
       <c r="F145" t="s">
-        <v>143</v>
+        <v>547</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="H145" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>389</v>
+        <v>551</v>
       </c>
       <c r="D146" t="s">
-        <v>541</v>
+        <v>513</v>
       </c>
       <c r="E146" t="s">
-        <v>542</v>
+        <v>514</v>
+      </c>
+      <c r="F146" t="s">
+        <v>138</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>543</v>
+        <v>552</v>
       </c>
       <c r="H146" t="s">
-        <v>544</v>
+        <v>553</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>545</v>
+        <v>554</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>33</v>
+        <v>142</v>
       </c>
       <c r="D147" t="s">
-        <v>541</v>
+        <v>513</v>
       </c>
       <c r="E147" t="s">
-        <v>542</v>
+        <v>514</v>
+      </c>
+      <c r="F147" t="s">
+        <v>555</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="H147" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>321</v>
+        <v>558</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>548</v>
+        <v>147</v>
       </c>
       <c r="D148" t="s">
-        <v>541</v>
+        <v>513</v>
       </c>
       <c r="E148" t="s">
-        <v>542</v>
+        <v>514</v>
       </c>
       <c r="F148" t="s">
-        <v>382</v>
+        <v>223</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="H148" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>37</v>
+        <v>152</v>
       </c>
       <c r="D149" t="s">
-        <v>541</v>
+        <v>513</v>
       </c>
       <c r="E149" t="s">
-        <v>542</v>
+        <v>514</v>
       </c>
       <c r="F149" t="s">
-        <v>304</v>
+        <v>251</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="H149" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>555</v>
+        <v>156</v>
       </c>
       <c r="D150" t="s">
-        <v>541</v>
+        <v>513</v>
       </c>
       <c r="E150" t="s">
-        <v>542</v>
+        <v>514</v>
       </c>
       <c r="F150" t="s">
-        <v>304</v>
+        <v>565</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="H150" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>42</v>
+        <v>160</v>
       </c>
       <c r="D151" t="s">
-        <v>541</v>
+        <v>513</v>
       </c>
       <c r="E151" t="s">
-        <v>542</v>
+        <v>514</v>
       </c>
       <c r="F151" t="s">
-        <v>382</v>
+        <v>148</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="H151" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>156</v>
+        <v>168</v>
       </c>
       <c r="D152" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E152" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F152" t="s">
-        <v>148</v>
+        <v>223</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="H152" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>263</v>
+        <v>172</v>
       </c>
       <c r="D153" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E153" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F153" t="s">
-        <v>173</v>
+        <v>547</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="H153" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>129</v>
+        <v>577</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>283</v>
+        <v>36</v>
       </c>
       <c r="D154" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E154" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F154" t="s">
-        <v>173</v>
+        <v>251</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>126</v>
+        <v>578</v>
       </c>
       <c r="H154" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>571</v>
+        <v>81</v>
       </c>
       <c r="D155" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E155" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F155" t="s">
-        <v>173</v>
+        <v>436</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>572</v>
+        <v>581</v>
       </c>
       <c r="H155" t="s">
-        <v>573</v>
+        <v>582</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>392</v>
+        <v>583</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>574</v>
+        <v>183</v>
       </c>
       <c r="D156" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E156" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F156" t="s">
-        <v>173</v>
+        <v>38</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>575</v>
+        <v>584</v>
       </c>
       <c r="H156" t="s">
-        <v>576</v>
+        <v>585</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>96</v>
+        <v>586</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>577</v>
+        <v>95</v>
       </c>
       <c r="D157" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E157" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F157" t="s">
-        <v>173</v>
+        <v>555</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>578</v>
+        <v>587</v>
       </c>
       <c r="H157" t="s">
-        <v>579</v>
+        <v>588</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>105</v>
+        <v>589</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>580</v>
+        <v>108</v>
       </c>
       <c r="D158" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E158" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F158" t="s">
-        <v>173</v>
+        <v>436</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>581</v>
+        <v>590</v>
       </c>
       <c r="H158" t="s">
-        <v>582</v>
+        <v>591</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>411</v>
+        <v>592</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>583</v>
+        <v>112</v>
       </c>
       <c r="D159" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E159" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F159" t="s">
-        <v>173</v>
+        <v>304</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>126</v>
+        <v>593</v>
       </c>
       <c r="H159" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>117</v>
+        <v>595</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>302</v>
+        <v>116</v>
       </c>
       <c r="D160" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E160" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F160" t="s">
-        <v>173</v>
+        <v>565</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>126</v>
+        <v>596</v>
       </c>
       <c r="H160" t="s">
-        <v>585</v>
+        <v>597</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>434</v>
+        <v>598</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>586</v>
+        <v>120</v>
       </c>
       <c r="D161" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E161" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F161" t="s">
-        <v>38</v>
+        <v>138</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>587</v>
+        <v>599</v>
       </c>
       <c r="H161" t="s">
-        <v>588</v>
+        <v>600</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>503</v>
+        <v>601</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>337</v>
+        <v>602</v>
       </c>
       <c r="D162" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E162" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F162" t="s">
-        <v>223</v>
+        <v>97</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>589</v>
+        <v>603</v>
       </c>
       <c r="H162" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>202</v>
+        <v>605</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>591</v>
+        <v>124</v>
       </c>
       <c r="D163" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E163" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F163" t="s">
-        <v>173</v>
+        <v>143</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="H163" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>608</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>202</v>
+      </c>
+      <c r="D164" t="s">
         <v>513</v>
       </c>
-      <c r="B164" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E164" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F164" t="s">
-        <v>173</v>
+        <v>143</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>595</v>
+        <v>609</v>
       </c>
       <c r="H164" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>205</v>
+        <v>611</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>597</v>
+        <v>612</v>
       </c>
       <c r="D165" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E165" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F165" t="s">
-        <v>173</v>
+        <v>351</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>598</v>
+        <v>613</v>
       </c>
       <c r="H165" t="s">
-        <v>599</v>
+        <v>614</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>213</v>
+        <v>615</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>176</v>
+        <v>205</v>
       </c>
       <c r="D166" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E166" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F166" t="s">
-        <v>481</v>
+        <v>173</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>600</v>
+        <v>616</v>
       </c>
       <c r="H166" t="s">
-        <v>601</v>
+        <v>617</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>535</v>
+        <v>618</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>551</v>
+        <v>209</v>
       </c>
       <c r="D167" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E167" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F167" t="s">
-        <v>481</v>
+        <v>555</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>602</v>
+        <v>619</v>
       </c>
       <c r="H167" t="s">
-        <v>603</v>
+        <v>620</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>287</v>
+        <v>621</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>179</v>
+        <v>213</v>
       </c>
       <c r="D168" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E168" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F168" t="s">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>604</v>
+        <v>622</v>
       </c>
       <c r="H168" t="s">
-        <v>605</v>
+        <v>623</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>299</v>
+        <v>624</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>554</v>
+        <v>320</v>
       </c>
       <c r="D169" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E169" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F169" t="s">
-        <v>173</v>
+        <v>223</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>606</v>
+        <v>625</v>
       </c>
       <c r="H169" t="s">
-        <v>607</v>
+        <v>626</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>303</v>
+        <v>627</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>182</v>
+        <v>324</v>
       </c>
       <c r="D170" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E170" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F170" t="s">
-        <v>173</v>
+        <v>547</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>608</v>
+        <v>628</v>
       </c>
       <c r="H170" t="s">
-        <v>609</v>
+        <v>629</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>610</v>
+        <v>630</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>186</v>
+        <v>217</v>
       </c>
       <c r="D171" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E171" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F171" t="s">
-        <v>173</v>
+        <v>138</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>611</v>
+        <v>631</v>
       </c>
       <c r="H171" t="s">
-        <v>612</v>
+        <v>632</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>583</v>
+        <v>633</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>189</v>
+        <v>634</v>
       </c>
       <c r="D172" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E172" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F172" t="s">
-        <v>613</v>
+        <v>251</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>614</v>
+        <v>126</v>
       </c>
       <c r="H172" t="s">
-        <v>615</v>
+        <v>635</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>586</v>
+        <v>636</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>192</v>
+        <v>128</v>
       </c>
       <c r="D173" t="s">
-        <v>562</v>
+        <v>513</v>
       </c>
       <c r="E173" t="s">
-        <v>563</v>
+        <v>514</v>
       </c>
       <c r="F173" t="s">
-        <v>173</v>
+        <v>143</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>616</v>
+        <v>637</v>
       </c>
       <c r="H173" t="s">
-        <v>617</v>
+        <v>638</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>591</v>
+        <v>639</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>195</v>
+        <v>467</v>
       </c>
       <c r="D174" t="s">
-        <v>562</v>
+        <v>640</v>
       </c>
       <c r="E174" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>641</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>618</v>
+        <v>642</v>
       </c>
       <c r="H174" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>594</v>
+        <v>644</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>198</v>
+        <v>33</v>
       </c>
       <c r="D175" t="s">
-        <v>562</v>
+        <v>640</v>
       </c>
       <c r="E175" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>641</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>620</v>
+        <v>645</v>
       </c>
       <c r="H175" t="s">
-        <v>621</v>
+        <v>646</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>597</v>
+        <v>321</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>201</v>
+        <v>647</v>
       </c>
       <c r="D176" t="s">
-        <v>562</v>
+        <v>640</v>
       </c>
       <c r="E176" t="s">
-        <v>563</v>
+        <v>641</v>
       </c>
       <c r="F176" t="s">
-        <v>173</v>
+        <v>460</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>622</v>
+        <v>648</v>
       </c>
       <c r="H176" t="s">
-        <v>623</v>
+        <v>649</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>624</v>
+        <v>428</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>220</v>
+        <v>37</v>
       </c>
       <c r="D177" t="s">
-        <v>562</v>
+        <v>640</v>
       </c>
       <c r="E177" t="s">
-        <v>563</v>
+        <v>641</v>
       </c>
       <c r="F177" t="s">
-        <v>173</v>
+        <v>304</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>625</v>
+        <v>650</v>
       </c>
       <c r="H177" t="s">
-        <v>626</v>
+        <v>651</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>627</v>
+        <v>435</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>628</v>
+        <v>652</v>
       </c>
       <c r="D178" t="s">
-        <v>562</v>
+        <v>640</v>
       </c>
       <c r="E178" t="s">
-        <v>563</v>
+        <v>641</v>
       </c>
       <c r="F178" t="s">
-        <v>97</v>
+        <v>304</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>629</v>
+        <v>653</v>
       </c>
       <c r="H178" t="s">
-        <v>630</v>
+        <v>654</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>631</v>
+        <v>655</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>624</v>
+        <v>42</v>
       </c>
       <c r="D179" t="s">
-        <v>562</v>
+        <v>640</v>
       </c>
       <c r="E179" t="s">
-        <v>563</v>
+        <v>641</v>
       </c>
       <c r="F179" t="s">
-        <v>173</v>
+        <v>460</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>632</v>
+        <v>656</v>
       </c>
       <c r="H179" t="s">
-        <v>633</v>
+        <v>657</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>634</v>
+        <v>658</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>635</v>
+        <v>46</v>
       </c>
       <c r="D180" t="s">
-        <v>562</v>
+        <v>640</v>
       </c>
       <c r="E180" t="s">
-        <v>563</v>
+        <v>641</v>
       </c>
       <c r="F180" t="s">
-        <v>138</v>
+        <v>460</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>636</v>
+        <v>659</v>
       </c>
       <c r="H180" t="s">
-        <v>637</v>
+        <v>660</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>638</v>
+        <v>661</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>627</v>
+        <v>156</v>
       </c>
       <c r="D181" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E181" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F181" t="s">
-        <v>97</v>
+        <v>148</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>639</v>
+        <v>664</v>
       </c>
       <c r="H181" t="s">
-        <v>640</v>
+        <v>665</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>641</v>
+        <v>666</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>341</v>
+        <v>263</v>
       </c>
       <c r="D182" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E182" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F182" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>642</v>
+        <v>667</v>
       </c>
       <c r="H182" t="s">
-        <v>643</v>
+        <v>668</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>644</v>
+        <v>129</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>645</v>
+        <v>283</v>
       </c>
       <c r="D183" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E183" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F183" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>646</v>
+        <v>126</v>
       </c>
       <c r="H183" t="s">
-        <v>647</v>
+        <v>669</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>648</v>
+        <v>670</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>649</v>
+        <v>671</v>
       </c>
       <c r="D184" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E184" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F184" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>650</v>
+        <v>672</v>
       </c>
       <c r="H184" t="s">
-        <v>651</v>
+        <v>673</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>652</v>
+        <v>473</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>653</v>
+        <v>387</v>
       </c>
       <c r="D185" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E185" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F185" t="s">
-        <v>138</v>
+        <v>173</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>654</v>
+        <v>674</v>
       </c>
       <c r="H185" t="s">
-        <v>655</v>
+        <v>675</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>656</v>
+        <v>96</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>657</v>
+        <v>391</v>
       </c>
       <c r="D186" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E186" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F186" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>658</v>
+        <v>676</v>
       </c>
       <c r="H186" t="s">
-        <v>659</v>
+        <v>677</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>660</v>
+        <v>105</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>631</v>
+        <v>395</v>
       </c>
       <c r="D187" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E187" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F187" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>661</v>
+        <v>678</v>
       </c>
       <c r="H187" t="s">
-        <v>662</v>
+        <v>679</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>493</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>399</v>
+      </c>
+      <c r="D188" t="s">
+        <v>662</v>
+      </c>
+      <c r="E188" t="s">
         <v>663</v>
       </c>
-      <c r="B188" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F188" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>665</v>
+        <v>126</v>
       </c>
       <c r="H188" t="s">
-        <v>666</v>
+        <v>680</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>667</v>
+        <v>117</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>668</v>
+        <v>302</v>
       </c>
       <c r="D189" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E189" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F189" t="s">
-        <v>417</v>
+        <v>173</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>669</v>
+        <v>126</v>
       </c>
       <c r="H189" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>671</v>
+        <v>534</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>216</v>
+        <v>406</v>
       </c>
       <c r="D190" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E190" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F190" t="s">
-        <v>417</v>
+        <v>38</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="H190" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>674</v>
+        <v>602</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>212</v>
+        <v>337</v>
       </c>
       <c r="D191" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E191" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F191" t="s">
-        <v>173</v>
+        <v>223</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="H191" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>677</v>
+        <v>202</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>208</v>
+        <v>413</v>
       </c>
       <c r="D192" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E192" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F192" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="H192" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>680</v>
+        <v>612</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>226</v>
+        <v>417</v>
       </c>
       <c r="D193" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E193" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F193" t="s">
-        <v>138</v>
+        <v>173</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="H193" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>683</v>
+        <v>205</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>229</v>
+        <v>421</v>
       </c>
       <c r="D194" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E194" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F194" t="s">
-        <v>138</v>
+        <v>173</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="H194" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>686</v>
+        <v>213</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>232</v>
+        <v>176</v>
       </c>
       <c r="D195" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E195" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F195" t="s">
-        <v>251</v>
+        <v>436</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="H195" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>689</v>
+        <v>634</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>235</v>
+        <v>428</v>
       </c>
       <c r="D196" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E196" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F196" t="s">
-        <v>173</v>
+        <v>436</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="H196" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>692</v>
+        <v>287</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>238</v>
+        <v>179</v>
       </c>
       <c r="D197" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E197" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F197" t="s">
         <v>173</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="H197" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>695</v>
+        <v>299</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>246</v>
+        <v>435</v>
       </c>
       <c r="D198" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E198" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F198" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H198" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>698</v>
+        <v>303</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>254</v>
+        <v>182</v>
       </c>
       <c r="D199" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E199" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F199" t="s">
         <v>173</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H199" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>701</v>
+        <v>383</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>258</v>
+        <v>186</v>
       </c>
       <c r="D200" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E200" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F200" t="s">
         <v>173</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>702</v>
       </c>
       <c r="H200" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>399</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>189</v>
+      </c>
+      <c r="D201" t="s">
+        <v>662</v>
+      </c>
+      <c r="E201" t="s">
+        <v>663</v>
+      </c>
+      <c r="F201" t="s">
         <v>704</v>
-      </c>
-[...13 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>705</v>
       </c>
       <c r="H201" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
+        <v>406</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>192</v>
+      </c>
+      <c r="D202" t="s">
+        <v>662</v>
+      </c>
+      <c r="E202" t="s">
+        <v>663</v>
+      </c>
+      <c r="F202" t="s">
+        <v>173</v>
+      </c>
+      <c r="G202" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="B202" t="s">
-[...14 lines deleted...]
-      <c r="G202" s="1" t="s">
+      <c r="H202" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>413</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>195</v>
+      </c>
+      <c r="D203" t="s">
+        <v>662</v>
+      </c>
+      <c r="E203" t="s">
+        <v>663</v>
+      </c>
+      <c r="F203" t="s">
+        <v>173</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H203" t="s">
         <v>710</v>
-      </c>
-[...19 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>713</v>
+        <v>417</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>274</v>
+        <v>198</v>
       </c>
       <c r="D204" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E204" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F204" t="s">
-        <v>251</v>
+        <v>173</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="H204" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>716</v>
+        <v>421</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>278</v>
+        <v>201</v>
       </c>
       <c r="D205" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E205" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F205" t="s">
-        <v>38</v>
+        <v>173</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="H205" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>282</v>
+        <v>220</v>
       </c>
       <c r="D206" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E206" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F206" t="s">
-        <v>38</v>
+        <v>173</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="H206" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>286</v>
+        <v>719</v>
       </c>
       <c r="D207" t="s">
-        <v>562</v>
+        <v>662</v>
       </c>
       <c r="E207" t="s">
-        <v>563</v>
+        <v>663</v>
       </c>
       <c r="F207" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>723</v>
+        <v>720</v>
       </c>
       <c r="H207" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>29</v>
+        <v>722</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>10</v>
+        <v>715</v>
       </c>
       <c r="D208" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E208" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F208" t="s">
-        <v>455</v>
+        <v>173</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="H208" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>33</v>
+        <v>725</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>371</v>
+        <v>726</v>
       </c>
       <c r="D209" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E209" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F209" t="s">
-        <v>455</v>
+        <v>138</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="H209" t="s">
-        <v>730</v>
+        <v>728</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>555</v>
+        <v>729</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>108</v>
+        <v>718</v>
       </c>
       <c r="D210" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E210" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F210" t="s">
         <v>97</v>
       </c>
       <c r="G210" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H210" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>42</v>
+        <v>732</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>136</v>
+        <v>341</v>
       </c>
       <c r="D211" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E211" t="s">
-        <v>726</v>
+        <v>663</v>
+      </c>
+      <c r="F211" t="s">
+        <v>97</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>733</v>
       </c>
       <c r="H211" t="s">
         <v>734</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>50</v>
+        <v>735</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>112</v>
+        <v>736</v>
       </c>
       <c r="D212" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E212" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F212" t="s">
         <v>97</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="H212" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>548</v>
+        <v>739</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>116</v>
+        <v>740</v>
       </c>
       <c r="D213" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E213" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F213" t="s">
         <v>97</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="H213" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>66</v>
+        <v>743</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>120</v>
+        <v>744</v>
       </c>
       <c r="D214" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E214" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F214" t="s">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="H214" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>74</v>
+        <v>747</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>503</v>
+        <v>748</v>
       </c>
       <c r="D215" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E215" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F215" t="s">
-        <v>97</v>
+        <v>148</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="H215" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>133</v>
+        <v>751</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>124</v>
+        <v>722</v>
       </c>
       <c r="D216" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E216" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F216" t="s">
         <v>97</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="H216" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>137</v>
+        <v>754</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>202</v>
+        <v>755</v>
       </c>
       <c r="D217" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E217" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F217" t="s">
         <v>97</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="H217" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>451</v>
+        <v>758</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>513</v>
+        <v>759</v>
       </c>
       <c r="D218" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E218" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F218" t="s">
-        <v>97</v>
+        <v>518</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>747</v>
+        <v>760</v>
       </c>
       <c r="H218" t="s">
-        <v>748</v>
+        <v>761</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>259</v>
+        <v>762</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="D219" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E219" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F219" t="s">
-        <v>138</v>
+        <v>518</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>749</v>
+        <v>763</v>
       </c>
       <c r="H219" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>263</v>
+        <v>765</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D220" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E220" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F220" t="s">
-        <v>138</v>
+        <v>173</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>751</v>
+        <v>766</v>
       </c>
       <c r="H220" t="s">
-        <v>752</v>
+        <v>767</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>267</v>
+        <v>768</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D221" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E221" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F221" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>753</v>
+        <v>769</v>
       </c>
       <c r="H221" t="s">
-        <v>754</v>
+        <v>770</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>271</v>
+        <v>771</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>320</v>
+        <v>226</v>
       </c>
       <c r="D222" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E222" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F222" t="s">
         <v>138</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>755</v>
+        <v>772</v>
       </c>
       <c r="H222" t="s">
-        <v>756</v>
+        <v>773</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>295</v>
+        <v>774</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>324</v>
+        <v>229</v>
       </c>
       <c r="D223" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E223" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F223" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>757</v>
+        <v>775</v>
       </c>
       <c r="H223" t="s">
-        <v>758</v>
+        <v>776</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>308</v>
+        <v>777</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>217</v>
+        <v>232</v>
       </c>
       <c r="D224" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E224" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F224" t="s">
-        <v>148</v>
+        <v>251</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>759</v>
+        <v>778</v>
       </c>
       <c r="H224" t="s">
-        <v>760</v>
+        <v>779</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>312</v>
+        <v>780</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>535</v>
+        <v>235</v>
       </c>
       <c r="D225" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E225" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F225" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>761</v>
+        <v>781</v>
       </c>
       <c r="H225" t="s">
-        <v>762</v>
+        <v>782</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>315</v>
+        <v>783</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>128</v>
+        <v>238</v>
       </c>
       <c r="D226" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E226" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F226" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>763</v>
+        <v>784</v>
       </c>
       <c r="H226" t="s">
-        <v>764</v>
+        <v>785</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>367</v>
+        <v>786</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>132</v>
+        <v>246</v>
       </c>
       <c r="D227" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E227" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F227" t="s">
         <v>97</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>765</v>
+        <v>787</v>
       </c>
       <c r="H227" t="s">
-        <v>766</v>
+        <v>788</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>767</v>
+        <v>789</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>141</v>
+        <v>254</v>
       </c>
       <c r="D228" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E228" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F228" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>768</v>
+        <v>790</v>
       </c>
       <c r="H228" t="s">
-        <v>769</v>
+        <v>791</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>770</v>
+        <v>792</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>146</v>
+        <v>258</v>
       </c>
       <c r="D229" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E229" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F229" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>771</v>
+        <v>793</v>
       </c>
       <c r="H229" t="s">
-        <v>772</v>
+        <v>794</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>773</v>
+        <v>795</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>151</v>
+        <v>262</v>
       </c>
       <c r="D230" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E230" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F230" t="s">
-        <v>481</v>
+        <v>173</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>774</v>
+        <v>796</v>
       </c>
       <c r="H230" t="s">
-        <v>775</v>
+        <v>797</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>577</v>
+        <v>798</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>155</v>
+        <v>266</v>
       </c>
       <c r="D231" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E231" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F231" t="s">
-        <v>351</v>
+        <v>223</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>776</v>
+        <v>799</v>
       </c>
       <c r="H231" t="s">
-        <v>777</v>
+        <v>800</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>649</v>
+        <v>801</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>159</v>
+        <v>270</v>
       </c>
       <c r="D232" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E232" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F232" t="s">
-        <v>447</v>
+        <v>97</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>778</v>
+        <v>802</v>
       </c>
       <c r="H232" t="s">
-        <v>779</v>
+        <v>803</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>657</v>
+        <v>804</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>163</v>
+        <v>274</v>
       </c>
       <c r="D233" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E233" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F233" t="s">
-        <v>447</v>
+        <v>251</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>780</v>
+        <v>805</v>
       </c>
       <c r="H233" t="s">
-        <v>781</v>
+        <v>806</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>664</v>
+        <v>807</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>167</v>
+        <v>278</v>
       </c>
       <c r="D234" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E234" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F234" t="s">
-        <v>304</v>
+        <v>38</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>782</v>
+        <v>808</v>
       </c>
       <c r="H234" t="s">
-        <v>783</v>
+        <v>809</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>668</v>
+        <v>810</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>171</v>
+        <v>282</v>
       </c>
       <c r="D235" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E235" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F235" t="s">
-        <v>304</v>
+        <v>38</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>784</v>
+        <v>811</v>
       </c>
       <c r="H235" t="s">
-        <v>785</v>
+        <v>812</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>786</v>
+        <v>813</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>250</v>
+        <v>286</v>
       </c>
       <c r="D236" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E236" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F236" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>787</v>
+        <v>814</v>
       </c>
       <c r="H236" t="s">
-        <v>788</v>
+        <v>815</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>789</v>
+        <v>816</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>255</v>
+        <v>241</v>
       </c>
       <c r="D237" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E237" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F237" t="s">
         <v>97</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>790</v>
+        <v>817</v>
       </c>
       <c r="H237" t="s">
-        <v>791</v>
+        <v>818</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>792</v>
+        <v>819</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>259</v>
+        <v>820</v>
       </c>
       <c r="D238" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E238" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F238" t="s">
-        <v>97</v>
+        <v>436</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>793</v>
+        <v>821</v>
       </c>
       <c r="H238" t="s">
-        <v>794</v>
+        <v>822</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>795</v>
+        <v>823</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>263</v>
+        <v>824</v>
       </c>
       <c r="D239" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E239" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F239" t="s">
         <v>97</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>796</v>
+        <v>825</v>
       </c>
       <c r="H239" t="s">
-        <v>748</v>
+        <v>826</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>797</v>
+        <v>827</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>267</v>
+        <v>828</v>
       </c>
       <c r="D240" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E240" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F240" t="s">
         <v>97</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>798</v>
+        <v>829</v>
       </c>
       <c r="H240" t="s">
-        <v>799</v>
+        <v>830</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>800</v>
+        <v>831</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>271</v>
+        <v>832</v>
       </c>
       <c r="D241" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E241" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F241" t="s">
-        <v>97</v>
+        <v>173</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>801</v>
+        <v>833</v>
       </c>
       <c r="H241" t="s">
-        <v>802</v>
+        <v>834</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>803</v>
+        <v>835</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>275</v>
+        <v>836</v>
       </c>
       <c r="D242" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E242" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F242" t="s">
-        <v>97</v>
+        <v>351</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>804</v>
+        <v>837</v>
       </c>
       <c r="H242" t="s">
-        <v>805</v>
+        <v>838</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>806</v>
+        <v>839</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>279</v>
+        <v>840</v>
       </c>
       <c r="D243" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E243" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F243" t="s">
         <v>97</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>807</v>
+        <v>841</v>
       </c>
       <c r="H243" t="s">
-        <v>808</v>
+        <v>842</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>809</v>
+        <v>843</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>283</v>
+        <v>844</v>
       </c>
       <c r="D244" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E244" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F244" t="s">
-        <v>97</v>
+        <v>148</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>810</v>
+        <v>845</v>
       </c>
       <c r="H244" t="s">
-        <v>811</v>
+        <v>846</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>812</v>
+        <v>847</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>287</v>
+        <v>848</v>
       </c>
       <c r="D245" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E245" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F245" t="s">
-        <v>97</v>
+        <v>148</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>813</v>
+        <v>849</v>
       </c>
       <c r="H245" t="s">
-        <v>814</v>
+        <v>850</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>815</v>
+        <v>851</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>291</v>
+        <v>852</v>
       </c>
       <c r="D246" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E246" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F246" t="s">
-        <v>351</v>
+        <v>148</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>816</v>
+        <v>853</v>
       </c>
       <c r="H246" t="s">
-        <v>817</v>
+        <v>854</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>818</v>
+        <v>855</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>295</v>
+        <v>856</v>
       </c>
       <c r="D247" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E247" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F247" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>819</v>
+        <v>857</v>
       </c>
       <c r="H247" t="s">
-        <v>820</v>
+        <v>858</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>821</v>
+        <v>859</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>299</v>
+        <v>725</v>
       </c>
       <c r="D248" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E248" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F248" t="s">
-        <v>97</v>
+        <v>436</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>822</v>
+        <v>860</v>
       </c>
       <c r="H248" t="s">
-        <v>823</v>
+        <v>861</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>824</v>
+        <v>862</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>303</v>
+        <v>863</v>
       </c>
       <c r="D249" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E249" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F249" t="s">
-        <v>417</v>
+        <v>148</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>825</v>
+        <v>864</v>
       </c>
       <c r="H249" t="s">
-        <v>826</v>
+        <v>865</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>827</v>
+        <v>866</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>308</v>
+        <v>478</v>
       </c>
       <c r="D250" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E250" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F250" t="s">
-        <v>417</v>
+        <v>148</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>828</v>
+        <v>867</v>
       </c>
       <c r="H250" t="s">
-        <v>829</v>
+        <v>868</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>830</v>
+        <v>869</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>312</v>
+        <v>870</v>
       </c>
       <c r="D251" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E251" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F251" t="s">
-        <v>417</v>
+        <v>97</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>831</v>
+        <v>871</v>
       </c>
       <c r="H251" t="s">
-        <v>832</v>
+        <v>872</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>833</v>
+        <v>873</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>315</v>
+        <v>874</v>
       </c>
       <c r="D252" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E252" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F252" t="s">
-        <v>417</v>
+        <v>38</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>834</v>
+        <v>875</v>
       </c>
       <c r="H252" t="s">
-        <v>835</v>
+        <v>876</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>836</v>
+        <v>877</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>249</v>
+        <v>729</v>
       </c>
       <c r="D253" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E253" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F253" t="s">
-        <v>138</v>
+        <v>38</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>837</v>
+        <v>878</v>
       </c>
       <c r="H253" t="s">
-        <v>838</v>
+        <v>879</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>839</v>
+        <v>880</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>321</v>
+        <v>732</v>
       </c>
       <c r="D254" t="s">
-        <v>725</v>
+        <v>662</v>
       </c>
       <c r="E254" t="s">
-        <v>726</v>
+        <v>663</v>
       </c>
       <c r="F254" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>840</v>
+        <v>881</v>
       </c>
       <c r="H254" t="s">
-        <v>841</v>
+        <v>882</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>842</v>
+        <v>29</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>325</v>
+        <v>10</v>
       </c>
       <c r="D255" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E255" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F255" t="s">
-        <v>138</v>
+        <v>555</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>843</v>
+        <v>885</v>
       </c>
       <c r="H255" t="s">
-        <v>844</v>
+        <v>886</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>845</v>
+        <v>33</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>328</v>
+        <v>449</v>
       </c>
       <c r="D256" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E256" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F256" t="s">
-        <v>138</v>
+        <v>555</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>846</v>
+        <v>887</v>
       </c>
       <c r="H256" t="s">
-        <v>847</v>
+        <v>888</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>848</v>
+        <v>652</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>331</v>
+        <v>108</v>
       </c>
       <c r="D257" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E257" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F257" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>849</v>
+        <v>889</v>
       </c>
       <c r="H257" t="s">
-        <v>850</v>
+        <v>890</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>851</v>
+        <v>42</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>334</v>
+        <v>136</v>
       </c>
       <c r="D258" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E258" t="s">
-        <v>726</v>
-[...2 lines deleted...]
-        <v>447</v>
+        <v>884</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>852</v>
+        <v>891</v>
       </c>
       <c r="H258" t="s">
-        <v>853</v>
+        <v>892</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>854</v>
+        <v>50</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>338</v>
+        <v>112</v>
       </c>
       <c r="D259" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E259" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F259" t="s">
-        <v>447</v>
+        <v>97</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>855</v>
+        <v>893</v>
       </c>
       <c r="H259" t="s">
-        <v>856</v>
+        <v>894</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>857</v>
+        <v>647</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>342</v>
+        <v>116</v>
       </c>
       <c r="D260" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E260" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F260" t="s">
-        <v>447</v>
+        <v>97</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>858</v>
+        <v>895</v>
       </c>
       <c r="H260" t="s">
-        <v>859</v>
+        <v>896</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>860</v>
+        <v>66</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>346</v>
+        <v>120</v>
       </c>
       <c r="D261" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E261" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F261" t="s">
-        <v>455</v>
+        <v>97</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>861</v>
+        <v>897</v>
       </c>
       <c r="H261" t="s">
-        <v>862</v>
+        <v>898</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>863</v>
+        <v>74</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>350</v>
+        <v>602</v>
       </c>
       <c r="D262" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E262" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F262" t="s">
-        <v>455</v>
+        <v>97</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>864</v>
+        <v>899</v>
       </c>
       <c r="H262" t="s">
-        <v>865</v>
+        <v>900</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>866</v>
+        <v>133</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>571</v>
+        <v>124</v>
       </c>
       <c r="D263" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E263" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F263" t="s">
-        <v>455</v>
+        <v>97</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>867</v>
+        <v>901</v>
       </c>
       <c r="H263" t="s">
-        <v>868</v>
+        <v>902</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>869</v>
+        <v>137</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>355</v>
+        <v>202</v>
       </c>
       <c r="D264" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E264" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F264" t="s">
-        <v>455</v>
+        <v>97</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>870</v>
+        <v>903</v>
       </c>
       <c r="H264" t="s">
-        <v>871</v>
+        <v>904</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>872</v>
+        <v>551</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>359</v>
+        <v>612</v>
       </c>
       <c r="D265" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E265" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F265" t="s">
-        <v>455</v>
+        <v>97</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>873</v>
+        <v>905</v>
       </c>
       <c r="H265" t="s">
-        <v>874</v>
+        <v>906</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>875</v>
+        <v>259</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>363</v>
+        <v>205</v>
       </c>
       <c r="D266" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E266" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F266" t="s">
-        <v>455</v>
+        <v>138</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>876</v>
+        <v>907</v>
       </c>
       <c r="H266" t="s">
-        <v>877</v>
+        <v>908</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>878</v>
+        <v>263</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>367</v>
+        <v>209</v>
       </c>
       <c r="D267" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E267" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F267" t="s">
-        <v>38</v>
+        <v>138</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>879</v>
+        <v>909</v>
       </c>
       <c r="H267" t="s">
-        <v>880</v>
+        <v>910</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>881</v>
+        <v>267</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>767</v>
+        <v>213</v>
       </c>
       <c r="D268" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E268" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F268" t="s">
-        <v>38</v>
+        <v>138</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>882</v>
+        <v>911</v>
       </c>
       <c r="H268" t="s">
-        <v>883</v>
+        <v>912</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
+        <v>271</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>320</v>
+      </c>
+      <c r="D269" t="s">
+        <v>883</v>
+      </c>
+      <c r="E269" t="s">
         <v>884</v>
       </c>
-      <c r="B269" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F269" t="s">
-        <v>38</v>
+        <v>138</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>885</v>
+        <v>913</v>
       </c>
       <c r="H269" t="s">
-        <v>886</v>
+        <v>914</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>887</v>
+        <v>295</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>773</v>
+        <v>324</v>
       </c>
       <c r="D270" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E270" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F270" t="s">
-        <v>38</v>
+        <v>148</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>888</v>
+        <v>915</v>
       </c>
       <c r="H270" t="s">
-        <v>889</v>
+        <v>916</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>890</v>
+        <v>308</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>610</v>
+        <v>217</v>
       </c>
       <c r="D271" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E271" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F271" t="s">
-        <v>447</v>
+        <v>148</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>891</v>
+        <v>917</v>
       </c>
       <c r="H271" t="s">
-        <v>892</v>
+        <v>918</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>893</v>
+        <v>312</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>574</v>
+        <v>634</v>
       </c>
       <c r="D272" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E272" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F272" t="s">
-        <v>447</v>
+        <v>148</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>894</v>
+        <v>919</v>
       </c>
       <c r="H272" t="s">
-        <v>895</v>
+        <v>920</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>896</v>
+        <v>315</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>577</v>
+        <v>128</v>
       </c>
       <c r="D273" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E273" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F273" t="s">
-        <v>351</v>
+        <v>148</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>897</v>
+        <v>921</v>
       </c>
       <c r="H273" t="s">
-        <v>898</v>
+        <v>922</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>899</v>
+        <v>367</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>580</v>
+        <v>132</v>
       </c>
       <c r="D274" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E274" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F274" t="s">
         <v>97</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>900</v>
+        <v>923</v>
       </c>
       <c r="H274" t="s">
-        <v>901</v>
+        <v>924</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>902</v>
+        <v>371</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>583</v>
+        <v>141</v>
       </c>
       <c r="D275" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E275" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F275" t="s">
         <v>97</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>903</v>
+        <v>925</v>
       </c>
       <c r="H275" t="s">
-        <v>904</v>
+        <v>926</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>905</v>
+        <v>375</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>302</v>
+        <v>146</v>
       </c>
       <c r="D276" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E276" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F276" t="s">
         <v>97</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>906</v>
+        <v>927</v>
       </c>
       <c r="H276" t="s">
-        <v>907</v>
+        <v>928</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>908</v>
+        <v>379</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>586</v>
+        <v>151</v>
       </c>
       <c r="D277" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E277" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F277" t="s">
-        <v>455</v>
+        <v>436</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>909</v>
+        <v>929</v>
       </c>
       <c r="H277" t="s">
-        <v>910</v>
+        <v>930</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>911</v>
+        <v>391</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>337</v>
+        <v>155</v>
       </c>
       <c r="D278" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E278" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F278" t="s">
-        <v>455</v>
+        <v>351</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>912</v>
+        <v>931</v>
       </c>
       <c r="H278" t="s">
-        <v>913</v>
+        <v>932</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>914</v>
+        <v>740</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>591</v>
+        <v>159</v>
       </c>
       <c r="D279" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E279" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F279" t="s">
-        <v>143</v>
+        <v>547</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>915</v>
+        <v>933</v>
       </c>
       <c r="H279" t="s">
-        <v>916</v>
+        <v>934</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>917</v>
+        <v>748</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>594</v>
+        <v>163</v>
       </c>
       <c r="D280" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E280" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F280" t="s">
-        <v>173</v>
+        <v>547</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>918</v>
+        <v>935</v>
       </c>
       <c r="H280" t="s">
-        <v>919</v>
+        <v>936</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>920</v>
+        <v>755</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>597</v>
+        <v>167</v>
       </c>
       <c r="D281" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E281" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F281" t="s">
-        <v>173</v>
+        <v>304</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>921</v>
+        <v>937</v>
       </c>
       <c r="H281" t="s">
-        <v>922</v>
+        <v>938</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>923</v>
+        <v>759</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="D282" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E282" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F282" t="s">
-        <v>97</v>
+        <v>304</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="H282" t="s">
-        <v>925</v>
+        <v>940</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>926</v>
+        <v>870</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>551</v>
+        <v>250</v>
       </c>
       <c r="D283" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E283" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F283" t="s">
         <v>97</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>927</v>
+        <v>941</v>
       </c>
       <c r="H283" t="s">
-        <v>928</v>
+        <v>942</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>179</v>
+        <v>255</v>
       </c>
       <c r="D284" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E284" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F284" t="s">
         <v>97</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>930</v>
+        <v>944</v>
       </c>
       <c r="H284" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>554</v>
+        <v>259</v>
       </c>
       <c r="D285" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E285" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F285" t="s">
         <v>97</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
       <c r="H285" t="s">
-        <v>934</v>
+        <v>948</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>182</v>
+        <v>263</v>
       </c>
       <c r="D286" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E286" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F286" t="s">
         <v>97</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>936</v>
+        <v>950</v>
       </c>
       <c r="H286" t="s">
-        <v>937</v>
+        <v>906</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>938</v>
+        <v>951</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>186</v>
+        <v>267</v>
       </c>
       <c r="D287" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E287" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F287" t="s">
         <v>97</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>939</v>
+        <v>952</v>
       </c>
       <c r="H287" t="s">
-        <v>940</v>
+        <v>953</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>941</v>
+        <v>954</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>189</v>
+        <v>271</v>
       </c>
       <c r="D288" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E288" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F288" t="s">
         <v>97</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>942</v>
+        <v>955</v>
       </c>
       <c r="H288" t="s">
-        <v>943</v>
+        <v>956</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>944</v>
+        <v>957</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>192</v>
+        <v>275</v>
       </c>
       <c r="D289" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E289" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F289" t="s">
-        <v>447</v>
+        <v>97</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>945</v>
+        <v>958</v>
       </c>
       <c r="H289" t="s">
-        <v>946</v>
+        <v>959</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>947</v>
+        <v>960</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>195</v>
+        <v>279</v>
       </c>
       <c r="D290" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E290" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F290" t="s">
-        <v>447</v>
+        <v>97</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>948</v>
+        <v>961</v>
       </c>
       <c r="H290" t="s">
-        <v>949</v>
+        <v>962</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>198</v>
+        <v>283</v>
       </c>
       <c r="D291" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E291" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F291" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
       <c r="H291" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>201</v>
+        <v>287</v>
       </c>
       <c r="D292" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E292" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F292" t="s">
         <v>97</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="H292" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>220</v>
+        <v>291</v>
       </c>
       <c r="D293" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E293" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F293" t="s">
-        <v>251</v>
+        <v>351</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="H293" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>628</v>
+        <v>295</v>
       </c>
       <c r="D294" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E294" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F294" t="s">
-        <v>251</v>
+        <v>97</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="H294" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>624</v>
+        <v>299</v>
       </c>
       <c r="D295" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E295" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F295" t="s">
         <v>97</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="H295" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>635</v>
+        <v>303</v>
       </c>
       <c r="D296" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E296" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F296" t="s">
-        <v>97</v>
+        <v>518</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="H296" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>627</v>
+        <v>308</v>
       </c>
       <c r="D297" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E297" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F297" t="s">
-        <v>97</v>
+        <v>518</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>969</v>
+        <v>982</v>
       </c>
       <c r="H297" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>645</v>
+        <v>312</v>
       </c>
       <c r="D298" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E298" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F298" t="s">
-        <v>351</v>
+        <v>518</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>972</v>
+        <v>985</v>
       </c>
       <c r="H298" t="s">
-        <v>973</v>
+        <v>986</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>974</v>
+        <v>987</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>649</v>
+        <v>315</v>
       </c>
       <c r="D299" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E299" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F299" t="s">
-        <v>148</v>
+        <v>518</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>975</v>
+        <v>988</v>
       </c>
       <c r="H299" t="s">
-        <v>976</v>
+        <v>989</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>977</v>
+        <v>990</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>653</v>
+        <v>249</v>
       </c>
       <c r="D300" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E300" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F300" t="s">
-        <v>148</v>
+        <v>138</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>978</v>
+        <v>991</v>
       </c>
       <c r="H300" t="s">
-        <v>979</v>
+        <v>992</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>657</v>
+        <v>321</v>
       </c>
       <c r="D301" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E301" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F301" t="s">
-        <v>465</v>
+        <v>138</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="H301" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>664</v>
+        <v>325</v>
       </c>
       <c r="D302" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E302" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F302" t="s">
-        <v>465</v>
+        <v>138</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>984</v>
+        <v>997</v>
       </c>
       <c r="H302" t="s">
-        <v>985</v>
+        <v>998</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>668</v>
+        <v>328</v>
       </c>
       <c r="D303" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E303" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F303" t="s">
-        <v>465</v>
+        <v>138</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
       <c r="H303" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>216</v>
+        <v>331</v>
       </c>
       <c r="D304" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E304" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F304" t="s">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="H304" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>212</v>
+        <v>334</v>
       </c>
       <c r="D305" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E305" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F305" t="s">
-        <v>351</v>
+        <v>547</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
       <c r="H305" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>208</v>
+        <v>338</v>
       </c>
       <c r="D306" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E306" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F306" t="s">
-        <v>351</v>
+        <v>547</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
       <c r="H306" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>998</v>
+        <v>1011</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>226</v>
+        <v>342</v>
       </c>
       <c r="D307" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E307" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F307" t="s">
-        <v>465</v>
+        <v>547</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
       <c r="H307" t="s">
-        <v>1000</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>229</v>
+        <v>346</v>
       </c>
       <c r="D308" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E308" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F308" t="s">
-        <v>447</v>
+        <v>555</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
       <c r="H308" t="s">
-        <v>1003</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1004</v>
+        <v>1017</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>232</v>
+        <v>350</v>
       </c>
       <c r="D309" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E309" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F309" t="s">
-        <v>447</v>
+        <v>555</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
       <c r="H309" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>235</v>
+        <v>671</v>
       </c>
       <c r="D310" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E310" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F310" t="s">
-        <v>143</v>
+        <v>555</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
       <c r="H310" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>238</v>
+        <v>355</v>
       </c>
       <c r="D311" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E311" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F311" t="s">
-        <v>417</v>
+        <v>555</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1011</v>
+        <v>1024</v>
       </c>
       <c r="H311" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1013</v>
+        <v>1026</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>246</v>
+        <v>359</v>
       </c>
       <c r="D312" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E312" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F312" t="s">
-        <v>97</v>
+        <v>555</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1014</v>
+        <v>1027</v>
       </c>
       <c r="H312" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>254</v>
+        <v>363</v>
       </c>
       <c r="D313" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E313" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F313" t="s">
-        <v>97</v>
+        <v>555</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1017</v>
+        <v>1030</v>
       </c>
       <c r="H313" t="s">
-        <v>1018</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>258</v>
+        <v>367</v>
       </c>
       <c r="D314" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E314" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F314" t="s">
-        <v>447</v>
+        <v>38</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="H314" t="s">
-        <v>1021</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1022</v>
+        <v>1035</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>262</v>
+        <v>371</v>
       </c>
       <c r="D315" t="s">
-        <v>725</v>
+        <v>883</v>
       </c>
       <c r="E315" t="s">
-        <v>726</v>
+        <v>884</v>
       </c>
       <c r="F315" t="s">
-        <v>251</v>
+        <v>38</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1023</v>
+        <v>1036</v>
       </c>
       <c r="H315" t="s">
-        <v>1024</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>62</v>
+        <v>1038</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>10</v>
+        <v>375</v>
       </c>
       <c r="D316" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E316" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F316" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1027</v>
+        <v>1039</v>
       </c>
       <c r="H316" t="s">
-        <v>1028</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>70</v>
+        <v>1041</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="D317" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E317" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F317" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
       <c r="H317" t="s">
-        <v>1030</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>78</v>
+        <v>1044</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="D318" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E318" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F318" t="s">
-        <v>148</v>
+        <v>547</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1031</v>
+        <v>1045</v>
       </c>
       <c r="H318" t="s">
-        <v>1032</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>82</v>
+        <v>1047</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>17</v>
+        <v>387</v>
       </c>
       <c r="D319" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E319" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F319" t="s">
-        <v>148</v>
+        <v>547</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1033</v>
+        <v>1048</v>
       </c>
       <c r="H319" t="s">
-        <v>1034</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1035</v>
+        <v>1050</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>21</v>
+        <v>391</v>
       </c>
       <c r="D320" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E320" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F320" t="s">
-        <v>223</v>
+        <v>351</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1036</v>
+        <v>1051</v>
       </c>
       <c r="H320" t="s">
-        <v>1037</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1038</v>
+        <v>1053</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>25</v>
+        <v>395</v>
       </c>
       <c r="D321" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E321" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F321" t="s">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1039</v>
+        <v>1054</v>
       </c>
       <c r="H321" t="s">
-        <v>1040</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>85</v>
+        <v>1056</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>29</v>
+        <v>399</v>
       </c>
       <c r="D322" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E322" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F322" t="s">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1041</v>
+        <v>1057</v>
       </c>
       <c r="H322" t="s">
-        <v>1042</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>92</v>
+        <v>1059</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>389</v>
+        <v>302</v>
       </c>
       <c r="D323" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E323" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F323" t="s">
-        <v>148</v>
+        <v>97</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1043</v>
+        <v>1060</v>
       </c>
       <c r="H323" t="s">
-        <v>1044</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>398</v>
+        <v>1062</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>33</v>
+        <v>406</v>
       </c>
       <c r="D324" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E324" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F324" t="s">
-        <v>481</v>
+        <v>555</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1045</v>
+        <v>1063</v>
       </c>
       <c r="H324" t="s">
-        <v>1046</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>101</v>
+        <v>1065</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>548</v>
+        <v>337</v>
       </c>
       <c r="D325" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E325" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F325" t="s">
-        <v>223</v>
+        <v>555</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1047</v>
+        <v>1066</v>
       </c>
       <c r="H325" t="s">
-        <v>1048</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1049</v>
+        <v>1068</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>37</v>
+        <v>413</v>
       </c>
       <c r="D326" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E326" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F326" t="s">
-        <v>223</v>
+        <v>143</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1050</v>
+        <v>1069</v>
       </c>
       <c r="H326" t="s">
-        <v>1051</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>109</v>
+        <v>1071</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>555</v>
+        <v>417</v>
       </c>
       <c r="D327" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E327" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F327" t="s">
-        <v>481</v>
+        <v>173</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1052</v>
+        <v>1072</v>
       </c>
       <c r="H327" t="s">
-        <v>1053</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
         <v>421</v>
       </c>
-      <c r="B328" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D328" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E328" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F328" t="s">
-        <v>481</v>
+        <v>173</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1054</v>
+        <v>1075</v>
       </c>
       <c r="H328" t="s">
-        <v>1055</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>113</v>
+        <v>1077</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>46</v>
+        <v>176</v>
       </c>
       <c r="D329" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E329" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F329" t="s">
-        <v>481</v>
+        <v>97</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>1056</v>
+        <v>1078</v>
       </c>
       <c r="H329" t="s">
-        <v>1057</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>121</v>
+        <v>1080</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>50</v>
+        <v>428</v>
       </c>
       <c r="D330" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E330" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F330" t="s">
-        <v>481</v>
+        <v>97</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>1058</v>
+        <v>1081</v>
       </c>
       <c r="H330" t="s">
-        <v>1059</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>125</v>
+        <v>1083</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>54</v>
+        <v>179</v>
       </c>
       <c r="D331" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E331" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F331" t="s">
         <v>97</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1060</v>
+        <v>1084</v>
       </c>
       <c r="H331" t="s">
-        <v>1061</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>147</v>
+        <v>1086</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>58</v>
+        <v>435</v>
       </c>
       <c r="D332" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E332" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F332" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1062</v>
+        <v>1087</v>
       </c>
       <c r="H332" t="s">
-        <v>1063</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>152</v>
+        <v>1089</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>62</v>
+        <v>182</v>
       </c>
       <c r="D333" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E333" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F333" t="s">
         <v>97</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1064</v>
+        <v>1090</v>
       </c>
       <c r="H333" t="s">
-        <v>1065</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>156</v>
+        <v>1092</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>66</v>
+        <v>186</v>
       </c>
       <c r="D334" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E334" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F334" t="s">
-        <v>251</v>
+        <v>97</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1066</v>
+        <v>1093</v>
       </c>
       <c r="H334" t="s">
-        <v>1067</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>160</v>
+        <v>1095</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>70</v>
+        <v>189</v>
       </c>
       <c r="D335" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E335" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F335" t="s">
-        <v>251</v>
+        <v>97</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1068</v>
+        <v>1096</v>
       </c>
       <c r="H335" t="s">
-        <v>1069</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>275</v>
+        <v>1098</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>74</v>
+        <v>192</v>
       </c>
       <c r="D336" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E336" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F336" t="s">
-        <v>481</v>
+        <v>547</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1070</v>
+        <v>1099</v>
       </c>
       <c r="H336" t="s">
-        <v>1071</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>279</v>
+        <v>1101</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>78</v>
+        <v>195</v>
       </c>
       <c r="D337" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E337" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F337" t="s">
-        <v>148</v>
+        <v>547</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1072</v>
+        <v>1102</v>
       </c>
       <c r="H337" t="s">
-        <v>1073</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>283</v>
+        <v>1104</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>82</v>
+        <v>198</v>
       </c>
       <c r="D338" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E338" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F338" t="s">
-        <v>417</v>
+        <v>138</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1074</v>
+        <v>1105</v>
       </c>
       <c r="H338" t="s">
-        <v>1075</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>571</v>
+        <v>1107</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>404</v>
+        <v>201</v>
       </c>
       <c r="D339" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E339" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F339" t="s">
-        <v>481</v>
+        <v>97</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1076</v>
+        <v>1108</v>
       </c>
       <c r="H339" t="s">
-        <v>1077</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>355</v>
+        <v>1110</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1035</v>
+        <v>220</v>
       </c>
       <c r="D340" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E340" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F340" t="s">
-        <v>481</v>
+        <v>251</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1078</v>
+        <v>1111</v>
       </c>
       <c r="H340" t="s">
-        <v>1079</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>574</v>
+        <v>1113</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>307</v>
+        <v>719</v>
       </c>
       <c r="D341" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E341" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F341" t="s">
-        <v>223</v>
+        <v>251</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1080</v>
+        <v>1114</v>
       </c>
       <c r="H341" t="s">
-        <v>1081</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>635</v>
+        <v>1116</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1038</v>
+        <v>715</v>
       </c>
       <c r="D342" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E342" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F342" t="s">
         <v>97</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1082</v>
+        <v>1117</v>
       </c>
       <c r="H342" t="s">
-        <v>1083</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>645</v>
+        <v>1119</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>85</v>
+        <v>726</v>
       </c>
       <c r="D343" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E343" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F343" t="s">
         <v>97</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1084</v>
+        <v>1120</v>
       </c>
       <c r="H343" t="s">
-        <v>1085</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>653</v>
+        <v>1122</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>89</v>
+        <v>718</v>
       </c>
       <c r="D344" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E344" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F344" t="s">
-        <v>447</v>
+        <v>97</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1086</v>
+        <v>1123</v>
       </c>
       <c r="H344" t="s">
-        <v>1087</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1088</v>
+        <v>1125</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>311</v>
+        <v>736</v>
       </c>
       <c r="D345" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E345" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F345" t="s">
-        <v>38</v>
+        <v>351</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1089</v>
+        <v>1126</v>
       </c>
       <c r="H345" t="s">
-        <v>1090</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1091</v>
+        <v>1128</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>392</v>
+        <v>740</v>
       </c>
       <c r="D346" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E346" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F346" t="s">
         <v>148</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1092</v>
+        <v>1129</v>
       </c>
       <c r="H346" t="s">
-        <v>1093</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1094</v>
+        <v>1131</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>92</v>
+        <v>744</v>
       </c>
       <c r="D347" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E347" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F347" t="s">
         <v>148</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1095</v>
+        <v>1132</v>
       </c>
       <c r="H347" t="s">
-        <v>1096</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1097</v>
+        <v>1134</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>96</v>
+        <v>748</v>
       </c>
       <c r="D348" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E348" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F348" t="s">
-        <v>148</v>
+        <v>565</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1098</v>
+        <v>1135</v>
       </c>
       <c r="H348" t="s">
-        <v>1099</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1100</v>
+        <v>1137</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>398</v>
+        <v>755</v>
       </c>
       <c r="D349" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E349" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F349" t="s">
-        <v>251</v>
+        <v>565</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1101</v>
+        <v>1138</v>
       </c>
       <c r="H349" t="s">
-        <v>1102</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1103</v>
+        <v>1140</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>101</v>
+        <v>759</v>
       </c>
       <c r="D350" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E350" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F350" t="s">
-        <v>223</v>
+        <v>565</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1104</v>
+        <v>1141</v>
       </c>
       <c r="H350" t="s">
-        <v>1105</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1106</v>
+        <v>1143</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>105</v>
+        <v>216</v>
       </c>
       <c r="D351" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E351" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F351" t="s">
-        <v>143</v>
+        <v>97</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1107</v>
+        <v>1144</v>
       </c>
       <c r="H351" t="s">
-        <v>1108</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1109</v>
+        <v>1146</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1049</v>
+        <v>212</v>
       </c>
       <c r="D352" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E352" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F352" t="s">
-        <v>143</v>
+        <v>351</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1110</v>
+        <v>1147</v>
       </c>
       <c r="H352" t="s">
-        <v>1111</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1112</v>
+        <v>1149</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>411</v>
+        <v>208</v>
       </c>
       <c r="D353" t="s">
-        <v>1025</v>
+        <v>883</v>
       </c>
       <c r="E353" t="s">
-        <v>1026</v>
+        <v>884</v>
       </c>
       <c r="F353" t="s">
-        <v>143</v>
+        <v>351</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1113</v>
+        <v>1150</v>
       </c>
       <c r="H353" t="s">
-        <v>1114</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1115</v>
+        <v>1152</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>10</v>
+        <v>226</v>
       </c>
       <c r="D354" t="s">
-        <v>1116</v>
+        <v>883</v>
       </c>
       <c r="E354" t="s">
-        <v>1117</v>
+        <v>884</v>
       </c>
       <c r="F354" t="s">
-        <v>97</v>
+        <v>565</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1118</v>
+        <v>1153</v>
       </c>
       <c r="H354" t="s">
-        <v>1119</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1120</v>
+        <v>1155</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>371</v>
+        <v>229</v>
       </c>
       <c r="D355" t="s">
-        <v>1116</v>
+        <v>883</v>
       </c>
       <c r="E355" t="s">
-        <v>1117</v>
+        <v>884</v>
       </c>
       <c r="F355" t="s">
-        <v>173</v>
+        <v>547</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1121</v>
+        <v>1156</v>
       </c>
       <c r="H355" t="s">
-        <v>1122</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1123</v>
+        <v>1158</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>377</v>
+        <v>232</v>
       </c>
       <c r="D356" t="s">
-        <v>1116</v>
+        <v>883</v>
       </c>
       <c r="E356" t="s">
-        <v>1117</v>
+        <v>884</v>
       </c>
       <c r="F356" t="s">
-        <v>173</v>
+        <v>547</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1124</v>
+        <v>1159</v>
       </c>
       <c r="H356" t="s">
-        <v>1125</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1126</v>
+        <v>1161</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>10</v>
+        <v>235</v>
       </c>
       <c r="D357" t="s">
-        <v>1127</v>
+        <v>883</v>
       </c>
       <c r="E357" t="s">
-        <v>1128</v>
+        <v>884</v>
       </c>
       <c r="F357" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>1129</v>
+        <v>1162</v>
       </c>
       <c r="H357" t="s">
-        <v>1130</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1131</v>
+        <v>1164</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>371</v>
+        <v>238</v>
       </c>
       <c r="D358" t="s">
-        <v>1127</v>
+        <v>883</v>
       </c>
       <c r="E358" t="s">
-        <v>1128</v>
+        <v>884</v>
       </c>
       <c r="F358" t="s">
-        <v>97</v>
+        <v>518</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1132</v>
+        <v>1165</v>
       </c>
       <c r="H358" t="s">
-        <v>1133</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1134</v>
+        <v>1167</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>377</v>
+        <v>246</v>
       </c>
       <c r="D359" t="s">
-        <v>1127</v>
+        <v>883</v>
       </c>
       <c r="E359" t="s">
-        <v>1128</v>
+        <v>884</v>
       </c>
       <c r="F359" t="s">
-        <v>304</v>
+        <v>97</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1135</v>
+        <v>1168</v>
       </c>
       <c r="H359" t="s">
-        <v>1136</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1137</v>
+        <v>1170</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>17</v>
+        <v>254</v>
       </c>
       <c r="D360" t="s">
-        <v>1127</v>
+        <v>883</v>
       </c>
       <c r="E360" t="s">
-        <v>1128</v>
+        <v>884</v>
       </c>
       <c r="F360" t="s">
-        <v>304</v>
+        <v>97</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1138</v>
+        <v>1171</v>
       </c>
       <c r="H360" t="s">
-        <v>1139</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>17</v>
+        <v>1173</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>78</v>
+        <v>258</v>
       </c>
       <c r="D361" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E361" t="s">
-        <v>1141</v>
+        <v>884</v>
       </c>
       <c r="F361" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1142</v>
+        <v>1174</v>
       </c>
       <c r="H361" t="s">
-        <v>1143</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>21</v>
+        <v>1176</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>82</v>
+        <v>262</v>
       </c>
       <c r="D362" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E362" t="s">
-        <v>1141</v>
+        <v>884</v>
       </c>
       <c r="F362" t="s">
-        <v>13</v>
+        <v>251</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1144</v>
+        <v>1177</v>
       </c>
       <c r="H362" t="s">
-        <v>1145</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>25</v>
+        <v>1179</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>404</v>
+        <v>266</v>
       </c>
       <c r="D363" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E363" t="s">
-        <v>1141</v>
+        <v>884</v>
       </c>
       <c r="F363" t="s">
-        <v>13</v>
+        <v>351</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1146</v>
+        <v>1180</v>
       </c>
       <c r="H363" t="s">
-        <v>1147</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>389</v>
+        <v>1182</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>1035</v>
+        <v>270</v>
       </c>
       <c r="D364" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E364" t="s">
-        <v>1141</v>
+        <v>884</v>
       </c>
       <c r="F364" t="s">
-        <v>13</v>
+        <v>351</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1148</v>
+        <v>1183</v>
       </c>
       <c r="H364" t="s">
-        <v>1149</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>58</v>
+        <v>1185</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>307</v>
+        <v>274</v>
       </c>
       <c r="D365" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E365" t="s">
-        <v>1141</v>
+        <v>884</v>
       </c>
       <c r="F365" t="s">
-        <v>13</v>
+        <v>547</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1150</v>
+        <v>1186</v>
       </c>
       <c r="H365" t="s">
-        <v>1151</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1152</v>
+        <v>1188</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>1038</v>
+        <v>278</v>
       </c>
       <c r="D366" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E366" t="s">
-        <v>1141</v>
+        <v>884</v>
+      </c>
+      <c r="F366" t="s">
+        <v>97</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1153</v>
+        <v>1189</v>
       </c>
       <c r="H366" t="s">
-        <v>1154</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1155</v>
+        <v>1191</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>85</v>
+        <v>282</v>
       </c>
       <c r="D367" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E367" t="s">
-        <v>1141</v>
+        <v>884</v>
       </c>
       <c r="F367" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1156</v>
+        <v>1192</v>
       </c>
       <c r="H367" t="s">
-        <v>1157</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1158</v>
+        <v>1194</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>89</v>
+        <v>286</v>
       </c>
       <c r="D368" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E368" t="s">
-        <v>1141</v>
+        <v>884</v>
+      </c>
+      <c r="F368" t="s">
+        <v>148</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1159</v>
+        <v>1195</v>
       </c>
       <c r="H368" t="s">
-        <v>1160</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1161</v>
+        <v>1197</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>311</v>
+        <v>241</v>
       </c>
       <c r="D369" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E369" t="s">
-        <v>1141</v>
+        <v>884</v>
       </c>
       <c r="F369" t="s">
-        <v>13</v>
+        <v>351</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1162</v>
+        <v>1198</v>
       </c>
       <c r="H369" t="s">
-        <v>1163</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1164</v>
+        <v>1200</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>392</v>
+        <v>820</v>
       </c>
       <c r="D370" t="s">
-        <v>1140</v>
+        <v>883</v>
       </c>
       <c r="E370" t="s">
-        <v>1141</v>
+        <v>884</v>
       </c>
       <c r="F370" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1165</v>
+        <v>1201</v>
       </c>
       <c r="H370" t="s">
-        <v>1166</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>325</v>
+        <v>1203</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>10</v>
+        <v>824</v>
       </c>
       <c r="D371" t="s">
-        <v>1167</v>
+        <v>883</v>
       </c>
       <c r="E371" t="s">
-        <v>1168</v>
+        <v>884</v>
       </c>
       <c r="F371" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1169</v>
+        <v>1204</v>
       </c>
       <c r="H371" t="s">
-        <v>1170</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>328</v>
+        <v>1206</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>371</v>
+        <v>828</v>
       </c>
       <c r="D372" t="s">
-        <v>1167</v>
+        <v>883</v>
       </c>
       <c r="E372" t="s">
-        <v>1168</v>
+        <v>884</v>
       </c>
       <c r="F372" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1171</v>
+        <v>1207</v>
       </c>
       <c r="H372" t="s">
-        <v>1172</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>331</v>
+        <v>1209</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>377</v>
+        <v>832</v>
       </c>
       <c r="D373" t="s">
-        <v>1167</v>
+        <v>883</v>
       </c>
       <c r="E373" t="s">
-        <v>1168</v>
+        <v>884</v>
       </c>
       <c r="F373" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1173</v>
+        <v>1210</v>
       </c>
       <c r="H373" t="s">
-        <v>1174</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>334</v>
+        <v>1212</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>17</v>
+        <v>836</v>
       </c>
       <c r="D374" t="s">
-        <v>1167</v>
+        <v>883</v>
       </c>
       <c r="E374" t="s">
-        <v>1168</v>
+        <v>884</v>
       </c>
       <c r="F374" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>1175</v>
+        <v>1213</v>
       </c>
       <c r="H374" t="s">
-        <v>1176</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>338</v>
+        <v>1215</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>21</v>
+        <v>840</v>
       </c>
       <c r="D375" t="s">
-        <v>1167</v>
+        <v>883</v>
       </c>
       <c r="E375" t="s">
-        <v>1168</v>
+        <v>884</v>
       </c>
       <c r="F375" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1177</v>
+        <v>1216</v>
       </c>
       <c r="H375" t="s">
-        <v>1178</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>342</v>
+        <v>1218</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>25</v>
+        <v>844</v>
       </c>
       <c r="D376" t="s">
-        <v>1167</v>
+        <v>883</v>
       </c>
       <c r="E376" t="s">
-        <v>1168</v>
+        <v>884</v>
       </c>
       <c r="F376" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1179</v>
+        <v>1219</v>
       </c>
       <c r="H376" t="s">
-        <v>1180</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>346</v>
+        <v>1221</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>29</v>
+        <v>848</v>
       </c>
       <c r="D377" t="s">
-        <v>1167</v>
+        <v>883</v>
       </c>
       <c r="E377" t="s">
-        <v>1168</v>
+        <v>884</v>
       </c>
       <c r="F377" t="s">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1181</v>
+        <v>1222</v>
       </c>
       <c r="H377" t="s">
-        <v>1182</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>350</v>
+        <v>1224</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>389</v>
+        <v>852</v>
       </c>
       <c r="D378" t="s">
-        <v>1167</v>
+        <v>883</v>
       </c>
       <c r="E378" t="s">
-        <v>1168</v>
+        <v>884</v>
       </c>
       <c r="F378" t="s">
-        <v>173</v>
+        <v>251</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1183</v>
+        <v>1225</v>
       </c>
       <c r="H378" t="s">
-        <v>1184</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>359</v>
+        <v>1227</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>10</v>
+        <v>856</v>
       </c>
       <c r="D379" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E379" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F379" t="s">
-        <v>138</v>
+        <v>251</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1187</v>
+        <v>1228</v>
       </c>
       <c r="H379" t="s">
-        <v>1188</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>363</v>
+        <v>1230</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>371</v>
+        <v>725</v>
       </c>
       <c r="D380" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E380" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F380" t="s">
-        <v>465</v>
+        <v>565</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1189</v>
+        <v>1231</v>
       </c>
       <c r="H380" t="s">
-        <v>1190</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>580</v>
+        <v>1233</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>377</v>
+        <v>863</v>
       </c>
       <c r="D381" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E381" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F381" t="s">
-        <v>465</v>
+        <v>351</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1191</v>
+        <v>1234</v>
       </c>
       <c r="H381" t="s">
-        <v>1192</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>628</v>
+        <v>1236</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>17</v>
+        <v>478</v>
       </c>
       <c r="D382" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E382" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F382" t="s">
-        <v>465</v>
+        <v>547</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1193</v>
+        <v>1237</v>
       </c>
       <c r="H382" t="s">
-        <v>1194</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1195</v>
+        <v>1239</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>21</v>
+        <v>870</v>
       </c>
       <c r="D383" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E383" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F383" t="s">
-        <v>138</v>
+        <v>518</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1196</v>
+        <v>1240</v>
       </c>
       <c r="H383" t="s">
-        <v>1197</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1198</v>
+        <v>1242</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>25</v>
+        <v>874</v>
       </c>
       <c r="D384" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E384" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F384" t="s">
-        <v>138</v>
+        <v>518</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1199</v>
+        <v>1243</v>
       </c>
       <c r="H384" t="s">
-        <v>1200</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1201</v>
+        <v>1245</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>29</v>
+        <v>729</v>
       </c>
       <c r="D385" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E385" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F385" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1202</v>
+        <v>1246</v>
       </c>
       <c r="H385" t="s">
-        <v>1203</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1204</v>
+        <v>1248</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>389</v>
+        <v>732</v>
       </c>
       <c r="D386" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E386" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F386" t="s">
-        <v>138</v>
+        <v>547</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1205</v>
+        <v>1249</v>
       </c>
       <c r="H386" t="s">
-        <v>1206</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1207</v>
+        <v>1251</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>33</v>
+        <v>943</v>
       </c>
       <c r="D387" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E387" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F387" t="s">
-        <v>138</v>
+        <v>251</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1208</v>
+        <v>1252</v>
       </c>
       <c r="H387" t="s">
-        <v>1209</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1210</v>
+        <v>1254</v>
       </c>
       <c r="B388" t="s">
         <v>9</v>
       </c>
       <c r="C388" t="s">
-        <v>548</v>
+        <v>946</v>
       </c>
       <c r="D388" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E388" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F388" t="s">
-        <v>173</v>
+        <v>518</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>1211</v>
+        <v>1255</v>
       </c>
       <c r="H388" t="s">
-        <v>1212</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1213</v>
+        <v>1257</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>37</v>
+        <v>735</v>
       </c>
       <c r="D389" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E389" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F389" t="s">
-        <v>447</v>
+        <v>38</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>1214</v>
+        <v>1258</v>
       </c>
       <c r="H389" t="s">
-        <v>1215</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
-        <v>1216</v>
+        <v>1260</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
-        <v>555</v>
+        <v>949</v>
       </c>
       <c r="D390" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E390" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F390" t="s">
-        <v>138</v>
+        <v>38</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>1217</v>
+        <v>1261</v>
       </c>
       <c r="H390" t="s">
-        <v>1218</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1219</v>
+        <v>1263</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>42</v>
+        <v>951</v>
       </c>
       <c r="D391" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E391" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F391" t="s">
         <v>173</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1220</v>
+        <v>1264</v>
       </c>
       <c r="H391" t="s">
-        <v>1221</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1222</v>
+        <v>1266</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>46</v>
+        <v>954</v>
       </c>
       <c r="D392" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E392" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F392" t="s">
-        <v>447</v>
+        <v>565</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1223</v>
+        <v>1267</v>
       </c>
       <c r="H392" t="s">
-        <v>1224</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
-        <v>1225</v>
+        <v>1269</v>
       </c>
       <c r="B393" t="s">
         <v>9</v>
       </c>
       <c r="C393" t="s">
-        <v>50</v>
+        <v>1270</v>
       </c>
       <c r="D393" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E393" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F393" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>1226</v>
+        <v>1271</v>
       </c>
       <c r="H393" t="s">
-        <v>1227</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
-        <v>1228</v>
+        <v>1273</v>
       </c>
       <c r="B394" t="s">
         <v>9</v>
       </c>
       <c r="C394" t="s">
-        <v>54</v>
+        <v>100</v>
       </c>
       <c r="D394" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E394" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F394" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G394" s="1" t="s">
-        <v>1229</v>
+        <v>1274</v>
       </c>
       <c r="H394" t="s">
-        <v>1230</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>1231</v>
+        <v>1276</v>
       </c>
       <c r="B395" t="s">
         <v>9</v>
       </c>
       <c r="C395" t="s">
-        <v>58</v>
+        <v>661</v>
       </c>
       <c r="D395" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E395" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F395" t="s">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="G395" s="1" t="s">
-        <v>1232</v>
+        <v>1277</v>
       </c>
       <c r="H395" t="s">
-        <v>1233</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>1234</v>
+        <v>1279</v>
       </c>
       <c r="B396" t="s">
         <v>9</v>
       </c>
       <c r="C396" t="s">
-        <v>62</v>
+        <v>957</v>
       </c>
       <c r="D396" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E396" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F396" t="s">
-        <v>173</v>
+        <v>565</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1235</v>
+        <v>1280</v>
       </c>
       <c r="H396" t="s">
-        <v>1236</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>1237</v>
+        <v>1282</v>
       </c>
       <c r="B397" t="s">
         <v>9</v>
       </c>
       <c r="C397" t="s">
-        <v>66</v>
+        <v>960</v>
       </c>
       <c r="D397" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E397" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F397" t="s">
-        <v>173</v>
+        <v>565</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>1238</v>
+        <v>1283</v>
       </c>
       <c r="H397" t="s">
-        <v>1239</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1240</v>
+        <v>1285</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>70</v>
+        <v>963</v>
       </c>
       <c r="D398" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E398" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F398" t="s">
-        <v>447</v>
+        <v>565</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1241</v>
+        <v>1286</v>
       </c>
       <c r="H398" t="s">
-        <v>1242</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
-        <v>1243</v>
+        <v>1288</v>
       </c>
       <c r="B399" t="s">
         <v>9</v>
       </c>
       <c r="C399" t="s">
-        <v>74</v>
+        <v>966</v>
       </c>
       <c r="D399" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E399" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F399" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>1244</v>
+        <v>1289</v>
       </c>
       <c r="H399" t="s">
-        <v>1245</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>1246</v>
+        <v>1291</v>
       </c>
       <c r="B400" t="s">
         <v>9</v>
       </c>
       <c r="C400" t="s">
-        <v>78</v>
+        <v>969</v>
       </c>
       <c r="D400" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E400" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F400" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>1247</v>
+        <v>1292</v>
       </c>
       <c r="H400" t="s">
-        <v>1248</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>1249</v>
+        <v>1294</v>
       </c>
       <c r="B401" t="s">
         <v>9</v>
       </c>
       <c r="C401" t="s">
-        <v>82</v>
+        <v>739</v>
       </c>
       <c r="D401" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E401" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F401" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>1250</v>
+        <v>1295</v>
       </c>
       <c r="H401" t="s">
-        <v>1251</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
-        <v>1252</v>
+        <v>1297</v>
       </c>
       <c r="B402" t="s">
         <v>9</v>
       </c>
       <c r="C402" t="s">
-        <v>404</v>
+        <v>345</v>
       </c>
       <c r="D402" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E402" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F402" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="G402" s="1" t="s">
-        <v>1253</v>
+        <v>1298</v>
       </c>
       <c r="H402" t="s">
-        <v>1254</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1255</v>
+        <v>1300</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1035</v>
+        <v>743</v>
       </c>
       <c r="D403" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E403" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F403" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1256</v>
+        <v>1301</v>
       </c>
       <c r="H403" t="s">
-        <v>1257</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1258</v>
+        <v>1303</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>307</v>
+        <v>972</v>
       </c>
       <c r="D404" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E404" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F404" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1259</v>
+        <v>1304</v>
       </c>
       <c r="H404" t="s">
-        <v>1260</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1261</v>
+        <v>1306</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1038</v>
+        <v>975</v>
       </c>
       <c r="D405" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E405" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F405" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1262</v>
+        <v>1307</v>
       </c>
       <c r="H405" t="s">
-        <v>1263</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1264</v>
+        <v>1309</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>85</v>
+        <v>1310</v>
       </c>
       <c r="D406" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E406" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F406" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1265</v>
+        <v>1311</v>
       </c>
       <c r="H406" t="s">
-        <v>1266</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1267</v>
+        <v>1313</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>89</v>
+        <v>1314</v>
       </c>
       <c r="D407" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E407" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F407" t="s">
         <v>138</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1268</v>
+        <v>1315</v>
       </c>
       <c r="H407" t="s">
-        <v>1269</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1270</v>
+        <v>1317</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>311</v>
+        <v>1318</v>
       </c>
       <c r="D408" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E408" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F408" t="s">
         <v>138</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1271</v>
+        <v>1319</v>
       </c>
       <c r="H408" t="s">
-        <v>1272</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>1273</v>
+        <v>1321</v>
       </c>
       <c r="B409" t="s">
         <v>9</v>
       </c>
       <c r="C409" t="s">
-        <v>392</v>
+        <v>1322</v>
       </c>
       <c r="D409" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E409" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F409" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>1274</v>
+        <v>1323</v>
       </c>
       <c r="H409" t="s">
-        <v>1275</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>1276</v>
+        <v>1325</v>
       </c>
       <c r="B410" t="s">
         <v>9</v>
       </c>
       <c r="C410" t="s">
-        <v>92</v>
+        <v>512</v>
       </c>
       <c r="D410" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E410" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F410" t="s">
-        <v>138</v>
+        <v>565</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>1277</v>
+        <v>1326</v>
       </c>
       <c r="H410" t="s">
-        <v>1278</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1279</v>
+        <v>1328</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>96</v>
+        <v>517</v>
       </c>
       <c r="D411" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E411" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F411" t="s">
-        <v>173</v>
+        <v>565</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1280</v>
+        <v>1329</v>
       </c>
       <c r="H411" t="s">
-        <v>1281</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1282</v>
+        <v>1331</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>398</v>
+        <v>1332</v>
       </c>
       <c r="D412" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E412" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F412" t="s">
-        <v>173</v>
+        <v>565</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1283</v>
+        <v>1333</v>
       </c>
       <c r="H412" t="s">
-        <v>1284</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>1285</v>
+        <v>1335</v>
       </c>
       <c r="B413" t="s">
         <v>9</v>
       </c>
       <c r="C413" t="s">
-        <v>101</v>
+        <v>1336</v>
       </c>
       <c r="D413" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E413" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F413" t="s">
-        <v>97</v>
+        <v>565</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>1286</v>
+        <v>1337</v>
       </c>
       <c r="H413" t="s">
-        <v>1287</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>1288</v>
+        <v>1338</v>
       </c>
       <c r="B414" t="s">
         <v>9</v>
       </c>
       <c r="C414" t="s">
-        <v>105</v>
+        <v>1339</v>
       </c>
       <c r="D414" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E414" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F414" t="s">
-        <v>97</v>
+        <v>565</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>1289</v>
+        <v>1340</v>
       </c>
       <c r="H414" t="s">
-        <v>1290</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>1291</v>
+        <v>1342</v>
       </c>
       <c r="B415" t="s">
         <v>9</v>
       </c>
       <c r="C415" t="s">
-        <v>1049</v>
+        <v>1343</v>
       </c>
       <c r="D415" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E415" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F415" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>1292</v>
+        <v>1344</v>
       </c>
       <c r="H415" t="s">
-        <v>1293</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>1294</v>
+        <v>1346</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
-        <v>411</v>
+        <v>349</v>
       </c>
       <c r="D416" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E416" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F416" t="s">
-        <v>138</v>
+        <v>304</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>1295</v>
+        <v>1347</v>
       </c>
       <c r="H416" t="s">
-        <v>1296</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>1297</v>
+        <v>1349</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
-        <v>109</v>
+        <v>1350</v>
       </c>
       <c r="D417" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E417" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F417" t="s">
-        <v>138</v>
+        <v>304</v>
       </c>
       <c r="G417" s="1" t="s">
-        <v>1298</v>
+        <v>1351</v>
       </c>
       <c r="H417" t="s">
-        <v>1299</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>1300</v>
+        <v>1353</v>
       </c>
       <c r="B418" t="s">
         <v>9</v>
       </c>
       <c r="C418" t="s">
-        <v>421</v>
+        <v>747</v>
       </c>
       <c r="D418" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E418" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F418" t="s">
-        <v>138</v>
+        <v>304</v>
       </c>
       <c r="G418" s="1" t="s">
-        <v>1301</v>
+        <v>1354</v>
       </c>
       <c r="H418" t="s">
-        <v>1302</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
-        <v>1303</v>
+        <v>1356</v>
       </c>
       <c r="B419" t="s">
         <v>9</v>
       </c>
       <c r="C419" t="s">
-        <v>113</v>
+        <v>978</v>
       </c>
       <c r="D419" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E419" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F419" t="s">
-        <v>465</v>
+        <v>304</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>1304</v>
+        <v>1357</v>
       </c>
       <c r="H419" t="s">
-        <v>1305</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
-        <v>1306</v>
+        <v>1359</v>
       </c>
       <c r="B420" t="s">
         <v>9</v>
       </c>
       <c r="C420" t="s">
-        <v>117</v>
+        <v>981</v>
       </c>
       <c r="D420" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E420" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F420" t="s">
-        <v>465</v>
+        <v>38</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>1307</v>
+        <v>1360</v>
       </c>
       <c r="H420" t="s">
-        <v>1308</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1309</v>
+        <v>1362</v>
       </c>
       <c r="B421" t="s">
         <v>9</v>
       </c>
       <c r="C421" t="s">
-        <v>121</v>
+        <v>984</v>
       </c>
       <c r="D421" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E421" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F421" t="s">
-        <v>465</v>
+        <v>97</v>
       </c>
       <c r="G421" s="1" t="s">
-        <v>1310</v>
+        <v>1363</v>
       </c>
       <c r="H421" t="s">
-        <v>1311</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1312</v>
+        <v>1365</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>434</v>
+        <v>987</v>
       </c>
       <c r="D422" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E422" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F422" t="s">
-        <v>465</v>
+        <v>97</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1313</v>
+        <v>1366</v>
       </c>
       <c r="H422" t="s">
-        <v>1314</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1315</v>
+        <v>1368</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>125</v>
+        <v>751</v>
       </c>
       <c r="D423" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E423" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F423" t="s">
-        <v>465</v>
+        <v>547</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1316</v>
+        <v>1369</v>
       </c>
       <c r="H423" t="s">
-        <v>1317</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1318</v>
+        <v>1371</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>129</v>
+        <v>354</v>
       </c>
       <c r="D424" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E424" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F424" t="s">
-        <v>138</v>
+        <v>547</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1319</v>
+        <v>1372</v>
       </c>
       <c r="H424" t="s">
-        <v>1320</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1321</v>
+        <v>1374</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>133</v>
+        <v>1375</v>
       </c>
       <c r="D425" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E425" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F425" t="s">
-        <v>138</v>
+        <v>547</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1322</v>
+        <v>1376</v>
       </c>
       <c r="H425" t="s">
-        <v>1323</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1324</v>
+        <v>1378</v>
       </c>
       <c r="B426" t="s">
         <v>9</v>
       </c>
       <c r="C426" t="s">
-        <v>137</v>
+        <v>990</v>
       </c>
       <c r="D426" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E426" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F426" t="s">
-        <v>138</v>
+        <v>547</v>
       </c>
       <c r="G426" s="1" t="s">
-        <v>1325</v>
+        <v>1379</v>
       </c>
       <c r="H426" t="s">
-        <v>1326</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1327</v>
+        <v>1381</v>
       </c>
       <c r="B427" t="s">
         <v>9</v>
       </c>
       <c r="C427" t="s">
-        <v>451</v>
+        <v>993</v>
       </c>
       <c r="D427" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E427" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F427" t="s">
-        <v>223</v>
+        <v>547</v>
       </c>
       <c r="G427" s="1" t="s">
-        <v>1328</v>
+        <v>1382</v>
       </c>
       <c r="H427" t="s">
-        <v>1329</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1330</v>
+        <v>1384</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>142</v>
+        <v>996</v>
       </c>
       <c r="D428" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E428" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F428" t="s">
-        <v>465</v>
+        <v>547</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1331</v>
+        <v>1385</v>
       </c>
       <c r="H428" t="s">
-        <v>1332</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1333</v>
+        <v>1387</v>
       </c>
       <c r="B429" t="s">
         <v>9</v>
       </c>
       <c r="C429" t="s">
-        <v>147</v>
+        <v>999</v>
       </c>
       <c r="D429" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E429" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F429" t="s">
         <v>138</v>
       </c>
       <c r="G429" s="1" t="s">
-        <v>1334</v>
+        <v>1388</v>
       </c>
       <c r="H429" t="s">
-        <v>1335</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1336</v>
+        <v>1390</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>152</v>
+        <v>1002</v>
       </c>
       <c r="D430" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E430" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F430" t="s">
-        <v>138</v>
+        <v>547</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1337</v>
+        <v>1391</v>
       </c>
       <c r="H430" t="s">
-        <v>1338</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1339</v>
+        <v>1393</v>
       </c>
       <c r="B431" t="s">
         <v>9</v>
       </c>
       <c r="C431" t="s">
-        <v>156</v>
+        <v>754</v>
       </c>
       <c r="D431" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E431" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F431" t="s">
-        <v>138</v>
+        <v>547</v>
       </c>
       <c r="G431" s="1" t="s">
-        <v>1340</v>
+        <v>1394</v>
       </c>
       <c r="H431" t="s">
-        <v>1341</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
-        <v>1342</v>
+        <v>1396</v>
       </c>
       <c r="B432" t="s">
         <v>9</v>
       </c>
       <c r="C432" t="s">
-        <v>160</v>
+        <v>1397</v>
       </c>
       <c r="D432" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E432" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F432" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G432" s="1" t="s">
-        <v>1343</v>
+        <v>1398</v>
       </c>
       <c r="H432" t="s">
-        <v>1344</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1345</v>
+        <v>1400</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>164</v>
+        <v>1401</v>
       </c>
       <c r="D433" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E433" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F433" t="s">
-        <v>138</v>
+        <v>97</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1346</v>
+        <v>1402</v>
       </c>
       <c r="H433" t="s">
-        <v>1347</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
-        <v>1348</v>
+        <v>1404</v>
       </c>
       <c r="B434" t="s">
         <v>9</v>
       </c>
       <c r="C434" t="s">
-        <v>168</v>
+        <v>358</v>
       </c>
       <c r="D434" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E434" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F434" t="s">
-        <v>465</v>
+        <v>97</v>
       </c>
       <c r="G434" s="1" t="s">
-        <v>1349</v>
+        <v>1405</v>
       </c>
       <c r="H434" t="s">
-        <v>1350</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
-        <v>1351</v>
+        <v>1407</v>
       </c>
       <c r="B435" t="s">
         <v>9</v>
       </c>
       <c r="C435" t="s">
-        <v>172</v>
+        <v>1408</v>
       </c>
       <c r="D435" t="s">
-        <v>1185</v>
+        <v>883</v>
       </c>
       <c r="E435" t="s">
-        <v>1186</v>
+        <v>884</v>
       </c>
       <c r="F435" t="s">
-        <v>465</v>
+        <v>97</v>
       </c>
       <c r="G435" s="1" t="s">
-        <v>1352</v>
+        <v>1409</v>
       </c>
       <c r="H435" t="s">
-        <v>1353</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1354</v>
+        <v>1411</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>10</v>
+        <v>1412</v>
       </c>
       <c r="D436" t="s">
-        <v>1355</v>
+        <v>883</v>
       </c>
       <c r="E436" t="s">
-        <v>1356</v>
+        <v>884</v>
       </c>
       <c r="F436" t="s">
-        <v>251</v>
+        <v>97</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1357</v>
+        <v>1413</v>
       </c>
       <c r="H436" t="s">
-        <v>1358</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
-        <v>1359</v>
+        <v>1415</v>
       </c>
       <c r="B437" t="s">
         <v>9</v>
       </c>
       <c r="C437" t="s">
-        <v>371</v>
+        <v>1005</v>
       </c>
       <c r="D437" t="s">
-        <v>1355</v>
+        <v>883</v>
       </c>
       <c r="E437" t="s">
-        <v>1356</v>
+        <v>884</v>
       </c>
       <c r="F437" t="s">
-        <v>173</v>
+        <v>97</v>
       </c>
       <c r="G437" s="1" t="s">
-        <v>1360</v>
+        <v>1416</v>
       </c>
       <c r="H437" t="s">
-        <v>1361</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>1362</v>
+        <v>1418</v>
       </c>
       <c r="B438" t="s">
         <v>9</v>
       </c>
       <c r="C438" t="s">
-        <v>10</v>
+        <v>1008</v>
       </c>
       <c r="D438" t="s">
-        <v>1363</v>
+        <v>883</v>
       </c>
       <c r="E438" t="s">
-        <v>1364</v>
+        <v>884</v>
       </c>
       <c r="F438" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="G438" s="1" t="s">
-        <v>1365</v>
+        <v>1419</v>
       </c>
       <c r="H438" t="s">
-        <v>1366</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1367</v>
+        <v>1421</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D439" t="s">
+        <v>883</v>
+      </c>
+      <c r="E439" t="s">
+        <v>884</v>
+      </c>
+      <c r="F439" t="s">
+        <v>148</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1424</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1425</v>
+      </c>
+      <c r="D440" t="s">
+        <v>883</v>
+      </c>
+      <c r="E440" t="s">
+        <v>884</v>
+      </c>
+      <c r="F440" t="s">
+        <v>97</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1428</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>16</v>
+      </c>
+      <c r="D441" t="s">
+        <v>883</v>
+      </c>
+      <c r="E441" t="s">
+        <v>884</v>
+      </c>
+      <c r="F441" t="s">
+        <v>38</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>32</v>
+      </c>
+      <c r="D442" t="s">
+        <v>883</v>
+      </c>
+      <c r="E442" t="s">
+        <v>884</v>
+      </c>
+      <c r="F442" t="s">
+        <v>97</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1432</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D443" t="s">
+        <v>883</v>
+      </c>
+      <c r="E443" t="s">
+        <v>884</v>
+      </c>
+      <c r="F443" t="s">
+        <v>223</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D444" t="s">
+        <v>883</v>
+      </c>
+      <c r="E444" t="s">
+        <v>884</v>
+      </c>
+      <c r="F444" t="s">
+        <v>223</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>521</v>
+      </c>
+      <c r="D445" t="s">
+        <v>883</v>
+      </c>
+      <c r="E445" t="s">
+        <v>884</v>
+      </c>
+      <c r="F445" t="s">
+        <v>138</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>524</v>
+      </c>
+      <c r="D446" t="s">
+        <v>883</v>
+      </c>
+      <c r="E446" t="s">
+        <v>884</v>
+      </c>
+      <c r="F446" t="s">
+        <v>138</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>49</v>
+      </c>
+      <c r="D447" t="s">
+        <v>883</v>
+      </c>
+      <c r="E447" t="s">
+        <v>884</v>
+      </c>
+      <c r="F447" t="s">
+        <v>138</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D448" t="s">
+        <v>883</v>
+      </c>
+      <c r="E448" t="s">
+        <v>884</v>
+      </c>
+      <c r="F448" t="s">
+        <v>138</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D449" t="s">
+        <v>883</v>
+      </c>
+      <c r="E449" t="s">
+        <v>884</v>
+      </c>
+      <c r="F449" t="s">
+        <v>148</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D450" t="s">
+        <v>883</v>
+      </c>
+      <c r="E450" t="s">
+        <v>884</v>
+      </c>
+      <c r="F450" t="s">
+        <v>547</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>62</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>10</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E451" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F451" t="s">
+        <v>97</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>70</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>449</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E452" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F452" t="s">
+        <v>97</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>78</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>455</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E453" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F453" t="s">
+        <v>148</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>82</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>17</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E454" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F454" t="s">
+        <v>148</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>21</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E455" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F455" t="s">
+        <v>223</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>25</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E456" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F456" t="s">
+        <v>173</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>85</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>29</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E457" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F457" t="s">
+        <v>173</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1479</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>92</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>467</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E458" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F458" t="s">
+        <v>148</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>479</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>33</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E459" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F459" t="s">
+        <v>436</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>101</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>647</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E460" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F460" t="s">
+        <v>223</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>489</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>37</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E461" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F461" t="s">
+        <v>223</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>109</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>652</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E462" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F462" t="s">
+        <v>436</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>500</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>42</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E463" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F463" t="s">
+        <v>436</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1491</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>113</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>46</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E464" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F464" t="s">
+        <v>436</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>121</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>50</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E465" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F465" t="s">
+        <v>436</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>125</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>54</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E466" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F466" t="s">
+        <v>97</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>147</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>58</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E467" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F467" t="s">
+        <v>138</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1499</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>152</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>62</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E468" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F468" t="s">
+        <v>97</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>156</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>66</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E469" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F469" t="s">
+        <v>251</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>160</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>70</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E470" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F470" t="s">
+        <v>251</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>275</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>74</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E471" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F471" t="s">
+        <v>436</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1507</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>279</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>78</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E472" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F472" t="s">
+        <v>148</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>283</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>82</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E473" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F473" t="s">
+        <v>518</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>671</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>506</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E474" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F474" t="s">
+        <v>436</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>355</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E475" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F475" t="s">
+        <v>436</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>387</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>307</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E476" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F476" t="s">
+        <v>223</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>726</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E477" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F477" t="s">
+        <v>97</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>736</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>85</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E478" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F478" t="s">
+        <v>97</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>744</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>89</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E479" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F479" t="s">
+        <v>547</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>311</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E480" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F480" t="s">
+        <v>38</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>473</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E481" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F481" t="s">
+        <v>148</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>92</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E482" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F482" t="s">
+        <v>148</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>96</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E483" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F483" t="s">
+        <v>148</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1534</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>479</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E484" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F484" t="s">
+        <v>251</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>101</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E485" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F485" t="s">
+        <v>223</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>105</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E486" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F486" t="s">
+        <v>143</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>489</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E487" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F487" t="s">
+        <v>143</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>493</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E488" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F488" t="s">
+        <v>143</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>109</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E489" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F489" t="s">
+        <v>143</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>500</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E490" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F490" t="s">
+        <v>173</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>113</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E491" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F491" t="s">
+        <v>148</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1558</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1560</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>117</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E492" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F492" t="s">
+        <v>436</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>121</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E493" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F493" t="s">
+        <v>436</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1564</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>534</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E494" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F494" t="s">
+        <v>436</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1569</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>125</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F495" t="s">
+        <v>547</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1570</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>129</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F496" t="s">
+        <v>547</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>133</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F497" t="s">
+        <v>223</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1576</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1578</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>137</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F498" t="s">
+        <v>97</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1581</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>551</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F499" t="s">
+        <v>565</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1584</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>142</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F500" t="s">
+        <v>565</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>147</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F501" t="s">
+        <v>97</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1590</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>152</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F502" t="s">
+        <v>148</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>156</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F503" t="s">
+        <v>148</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>160</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F504" t="s">
+        <v>138</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1598</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>164</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F505" t="s">
+        <v>97</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>168</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F506" t="s">
+        <v>223</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>172</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F507" t="s">
+        <v>547</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>36</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F508" t="s">
+        <v>251</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1610</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>81</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F509" t="s">
+        <v>547</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1611</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>183</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F510" t="s">
+        <v>148</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>95</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F511" t="s">
+        <v>351</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>108</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F512" t="s">
+        <v>436</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1620</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>136</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F513" t="s">
+        <v>436</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1623</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>112</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E514" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F514" t="s">
+        <v>436</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1626</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1628</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>116</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F515" t="s">
+        <v>436</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>120</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F516" t="s">
+        <v>436</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>602</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F517" t="s">
+        <v>138</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1635</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>124</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F518" t="s">
+        <v>148</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>202</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F519" t="s">
+        <v>148</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1640</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>612</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F520" t="s">
+        <v>148</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1643</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>205</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E521" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F521" t="s">
+        <v>436</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>209</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E522" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F522" t="s">
+        <v>436</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>213</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E523" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F523" t="s">
+        <v>436</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>320</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E524" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F524" t="s">
+        <v>148</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>324</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F525" t="s">
+        <v>38</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1658</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>217</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F526" t="s">
+        <v>38</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>634</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E527" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F527" t="s">
+        <v>436</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>128</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E528" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F528" t="s">
+        <v>547</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>132</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E529" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F529" t="s">
+        <v>547</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1670</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>874</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>10</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F530" t="s">
+        <v>97</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1674</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>449</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F531" t="s">
+        <v>173</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>455</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1672</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F532" t="s">
+        <v>173</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>856</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>10</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F533" t="s">
+        <v>138</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>449</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F534" t="s">
+        <v>97</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>455</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F535" t="s">
+        <v>304</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1688</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>17</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F536" t="s">
+        <v>304</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>21</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F537" t="s">
+        <v>38</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>25</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F538" t="s">
+        <v>351</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>29</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F539" t="s">
+        <v>173</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>1700</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>467</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F540" t="s">
+        <v>138</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H540" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>33</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F541" t="s">
+        <v>173</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>647</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E542" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F542" t="s">
+        <v>38</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H542" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>37</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F543" t="s">
+        <v>436</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>1712</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>17</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>78</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F544" t="s">
+        <v>13</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>1716</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>21</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>82</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F545" t="s">
+        <v>13</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>25</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>506</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F546" t="s">
+        <v>13</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>1720</v>
+      </c>
+      <c r="H546" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>467</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E547" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F547" t="s">
+        <v>13</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>58</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>307</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E548" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F548" t="s">
+        <v>13</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>1724</v>
+      </c>
+      <c r="H548" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E549" t="s">
+        <v>1715</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H549" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>85</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E550" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F550" t="s">
+        <v>13</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H550" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>89</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E551" t="s">
+        <v>1715</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H551" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1734</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>311</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F552" t="s">
+        <v>13</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>1735</v>
+      </c>
+      <c r="H552" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>473</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F553" t="s">
+        <v>13</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>1738</v>
+      </c>
+      <c r="H553" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>1740</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>92</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E554" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F554" t="s">
+        <v>13</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H554" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>96</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1715</v>
+      </c>
+      <c r="F555" t="s">
+        <v>13</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>1744</v>
+      </c>
+      <c r="H555" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>325</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>10</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F556" t="s">
+        <v>138</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>328</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>449</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F557" t="s">
+        <v>138</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>1750</v>
+      </c>
+      <c r="H557" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>331</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>455</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F558" t="s">
+        <v>138</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>334</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>17</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F559" t="s">
+        <v>138</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H559" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>338</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>21</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E560" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F560" t="s">
+        <v>138</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H560" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>342</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>25</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E561" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F561" t="s">
+        <v>138</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>346</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>29</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F562" t="s">
+        <v>173</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>1760</v>
+      </c>
+      <c r="H562" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>350</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>467</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1747</v>
+      </c>
+      <c r="F563" t="s">
+        <v>173</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H563" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>359</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>10</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F564" t="s">
+        <v>138</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H564" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>363</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>449</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F565" t="s">
+        <v>565</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>395</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>455</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F566" t="s">
+        <v>565</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>1770</v>
+      </c>
+      <c r="H566" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>719</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>17</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F567" t="s">
+        <v>565</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>1772</v>
+      </c>
+      <c r="H567" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>820</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>21</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F568" t="s">
+        <v>138</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>1774</v>
+      </c>
+      <c r="H568" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>824</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>25</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F569" t="s">
+        <v>138</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>828</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>29</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F570" t="s">
+        <v>138</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>832</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>467</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F571" t="s">
+        <v>138</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H571" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>836</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>33</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F572" t="s">
+        <v>138</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>1782</v>
+      </c>
+      <c r="H572" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>840</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>647</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F573" t="s">
+        <v>173</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>1784</v>
+      </c>
+      <c r="H573" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>844</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>37</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F574" t="s">
+        <v>547</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H574" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>848</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>652</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F575" t="s">
+        <v>138</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>1788</v>
+      </c>
+      <c r="H575" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>852</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>42</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F576" t="s">
+        <v>173</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>1790</v>
+      </c>
+      <c r="H576" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>863</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>46</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F577" t="s">
+        <v>547</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H577" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>50</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F578" t="s">
+        <v>138</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>1794</v>
+      </c>
+      <c r="H578" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>54</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F579" t="s">
+        <v>138</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H579" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>58</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F580" t="s">
+        <v>173</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H580" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>62</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E581" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F581" t="s">
+        <v>173</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>1800</v>
+      </c>
+      <c r="H581" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>66</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E582" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F582" t="s">
+        <v>173</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>1802</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>70</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E583" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F583" t="s">
+        <v>547</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H583" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>74</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E584" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F584" t="s">
+        <v>138</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>1806</v>
+      </c>
+      <c r="H584" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>1460</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>78</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E585" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F585" t="s">
+        <v>138</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H585" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>82</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E586" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F586" t="s">
+        <v>138</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H586" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>506</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F587" t="s">
+        <v>138</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1814</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F588" t="s">
+        <v>138</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H588" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>307</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F589" t="s">
+        <v>138</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F590" t="s">
+        <v>138</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>85</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F591" t="s">
+        <v>138</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="H591" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>89</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E592" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F592" t="s">
+        <v>138</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>311</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F593" t="s">
+        <v>138</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>1832</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>473</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E594" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F594" t="s">
+        <v>138</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>1835</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>92</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E595" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F595" t="s">
+        <v>138</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>96</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E596" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F596" t="s">
+        <v>173</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H596" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>479</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E597" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F597" t="s">
+        <v>173</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>101</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E598" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F598" t="s">
+        <v>97</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>1847</v>
+      </c>
+      <c r="H598" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>105</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E599" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F599" t="s">
+        <v>97</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>489</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F600" t="s">
+        <v>97</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H600" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>493</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E601" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F601" t="s">
+        <v>138</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>1856</v>
+      </c>
+      <c r="H601" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>109</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E602" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F602" t="s">
+        <v>138</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H602" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>500</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E603" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F603" t="s">
+        <v>138</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H603" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>113</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F604" t="s">
+        <v>565</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H604" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>117</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E605" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F605" t="s">
+        <v>565</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>121</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E606" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F606" t="s">
+        <v>565</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H606" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>534</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E607" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F607" t="s">
+        <v>565</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>1874</v>
+      </c>
+      <c r="H607" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>125</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E608" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F608" t="s">
+        <v>565</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H608" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>129</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E609" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F609" t="s">
+        <v>138</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H609" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>133</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E610" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F610" t="s">
+        <v>138</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>1883</v>
+      </c>
+      <c r="H610" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>137</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E611" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F611" t="s">
+        <v>138</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H611" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>551</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E612" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F612" t="s">
+        <v>223</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H612" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>142</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E613" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F613" t="s">
+        <v>565</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H613" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>147</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E614" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F614" t="s">
+        <v>138</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H614" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>152</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E615" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F615" t="s">
+        <v>138</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>1898</v>
+      </c>
+      <c r="H615" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>156</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E616" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F616" t="s">
+        <v>138</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H616" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>160</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E617" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F617" t="s">
+        <v>138</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>1904</v>
+      </c>
+      <c r="H617" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>164</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E618" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F618" t="s">
+        <v>138</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H618" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>168</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E619" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F619" t="s">
+        <v>565</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>1910</v>
+      </c>
+      <c r="H619" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>172</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E620" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F620" t="s">
+        <v>565</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H620" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>36</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E621" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F621" t="s">
+        <v>304</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H621" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>81</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E622" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F622" t="s">
+        <v>565</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H622" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>183</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E623" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F623" t="s">
+        <v>565</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>1922</v>
+      </c>
+      <c r="H623" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>95</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E624" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F624" t="s">
+        <v>138</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H624" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>108</v>
+      </c>
+      <c r="D625" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E625" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F625" t="s">
+        <v>138</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>1928</v>
+      </c>
+      <c r="H625" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>136</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E626" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F626" t="s">
+        <v>138</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H626" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>112</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E627" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F627" t="s">
+        <v>138</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H627" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>116</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E628" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F628" t="s">
+        <v>138</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H628" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>120</v>
+      </c>
+      <c r="D629" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E629" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F629" t="s">
+        <v>138</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H629" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>602</v>
+      </c>
+      <c r="D630" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E630" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F630" t="s">
+        <v>138</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H630" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>124</v>
+      </c>
+      <c r="D631" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E631" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F631" t="s">
+        <v>138</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H631" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>202</v>
+      </c>
+      <c r="D632" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E632" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F632" t="s">
+        <v>223</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H632" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>1950</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>612</v>
+      </c>
+      <c r="D633" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E633" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F633" t="s">
+        <v>223</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H633" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>1953</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>205</v>
+      </c>
+      <c r="D634" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E634" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F634" t="s">
+        <v>565</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H634" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>209</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E635" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F635" t="s">
+        <v>565</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H635" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>213</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E636" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F636" t="s">
+        <v>138</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H636" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>324</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E637" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F637" t="s">
+        <v>138</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H637" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>217</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E638" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F638" t="s">
+        <v>138</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H638" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>634</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E639" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F639" t="s">
+        <v>138</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H639" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>128</v>
+      </c>
+      <c r="D640" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E640" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F640" t="s">
+        <v>138</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H640" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>132</v>
+      </c>
+      <c r="D641" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E641" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F641" t="s">
+        <v>565</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H641" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" t="s">
+        <v>1977</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>141</v>
+      </c>
+      <c r="D642" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E642" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F642" t="s">
+        <v>565</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>1978</v>
+      </c>
+      <c r="H642" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>146</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E643" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F643" t="s">
+        <v>547</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H643" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>151</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E644" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F644" t="s">
+        <v>547</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H644" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>155</v>
+      </c>
+      <c r="D645" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E645" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F645" t="s">
+        <v>547</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H645" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>159</v>
+      </c>
+      <c r="D646" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E646" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F646" t="s">
+        <v>565</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H646" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" t="s">
+        <v>1992</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>163</v>
+      </c>
+      <c r="D647" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E647" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F647" t="s">
+        <v>138</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H647" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>167</v>
+      </c>
+      <c r="D648" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E648" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F648" t="s">
+        <v>138</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H648" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>171</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E649" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F649" t="s">
+        <v>138</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>1999</v>
+      </c>
+      <c r="H649" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" t="s">
+        <v>2001</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>250</v>
+      </c>
+      <c r="D650" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E650" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F650" t="s">
+        <v>565</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>2002</v>
+      </c>
+      <c r="H650" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>255</v>
+      </c>
+      <c r="D651" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E651" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F651" t="s">
+        <v>351</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>259</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E652" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F652" t="s">
+        <v>173</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H652" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>263</v>
+      </c>
+      <c r="D653" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E653" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F653" t="s">
+        <v>138</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="H653" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>267</v>
+      </c>
+      <c r="D654" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E654" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F654" t="s">
+        <v>97</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H654" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>271</v>
+      </c>
+      <c r="D655" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E655" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F655" t="s">
+        <v>565</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H655" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>275</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E656" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F656" t="s">
+        <v>138</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H656" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>279</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E657" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F657" t="s">
+        <v>138</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>283</v>
+      </c>
+      <c r="D658" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E658" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F658" t="s">
+        <v>138</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H658" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>287</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E659" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F659" t="s">
+        <v>138</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>291</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E660" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F660" t="s">
+        <v>138</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>2032</v>
+      </c>
+      <c r="H660" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>295</v>
+      </c>
+      <c r="D661" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E661" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F661" t="s">
+        <v>138</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>2035</v>
+      </c>
+      <c r="H661" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>299</v>
+      </c>
+      <c r="D662" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E662" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F662" t="s">
+        <v>138</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H662" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" t="s">
+        <v>2040</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>303</v>
+      </c>
+      <c r="D663" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E663" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F663" t="s">
+        <v>138</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>308</v>
+      </c>
+      <c r="D664" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E664" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F664" t="s">
+        <v>138</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>2044</v>
+      </c>
+      <c r="H664" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>312</v>
+      </c>
+      <c r="D665" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E665" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F665" t="s">
+        <v>2047</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="H665" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>315</v>
+      </c>
+      <c r="D666" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E666" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F666" t="s">
+        <v>2051</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>2052</v>
+      </c>
+      <c r="H666" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667" t="s">
+        <v>2054</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
+        <v>249</v>
+      </c>
+      <c r="D667" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E667" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F667" t="s">
+        <v>2047</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H667" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668" t="s">
+        <v>2057</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>321</v>
+      </c>
+      <c r="D668" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E668" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F668" t="s">
+        <v>2058</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H668" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>325</v>
+      </c>
+      <c r="D669" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E669" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F669" t="s">
+        <v>2047</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H669" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>328</v>
+      </c>
+      <c r="D670" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E670" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F670" t="s">
+        <v>2065</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>2066</v>
+      </c>
+      <c r="H670" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>331</v>
+      </c>
+      <c r="D671" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E671" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F671" t="s">
+        <v>2047</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="H671" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>334</v>
+      </c>
+      <c r="D672" t="s">
+        <v>1764</v>
+      </c>
+      <c r="E672" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F672" t="s">
+        <v>2058</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H672" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B673" t="s">
+        <v>9</v>
+      </c>
+      <c r="C673" t="s">
+        <v>10</v>
+      </c>
+      <c r="D673" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E673" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F673" t="s">
+        <v>351</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H673" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674" t="s">
+        <v>2078</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>449</v>
+      </c>
+      <c r="D674" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E674" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F674" t="s">
+        <v>351</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H674" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>455</v>
+      </c>
+      <c r="D675" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E675" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F675" t="s">
+        <v>351</v>
+      </c>
+      <c r="G675" s="1" t="s">
+        <v>2082</v>
+      </c>
+      <c r="H675" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>17</v>
+      </c>
+      <c r="D676" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E676" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F676" t="s">
+        <v>351</v>
+      </c>
+      <c r="G676" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H676" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>21</v>
+      </c>
+      <c r="D677" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E677" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F677" t="s">
+        <v>351</v>
+      </c>
+      <c r="G677" s="1" t="s">
+        <v>2088</v>
+      </c>
+      <c r="H677" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
+        <v>25</v>
+      </c>
+      <c r="D678" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E678" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F678" t="s">
+        <v>351</v>
+      </c>
+      <c r="G678" s="1" t="s">
+        <v>2091</v>
+      </c>
+      <c r="H678" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
+        <v>29</v>
+      </c>
+      <c r="D679" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E679" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F679" t="s">
+        <v>555</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>2094</v>
+      </c>
+      <c r="H679" t="s">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B680" t="s">
+        <v>9</v>
+      </c>
+      <c r="C680" t="s">
+        <v>467</v>
+      </c>
+      <c r="D680" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E680" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F680" t="s">
+        <v>555</v>
+      </c>
+      <c r="G680" s="1" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H680" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
+        <v>33</v>
+      </c>
+      <c r="D681" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E681" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F681" t="s">
+        <v>555</v>
+      </c>
+      <c r="G681" s="1" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H681" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682" t="s">
+        <v>2102</v>
+      </c>
+      <c r="B682" t="s">
+        <v>9</v>
+      </c>
+      <c r="C682" t="s">
+        <v>647</v>
+      </c>
+      <c r="D682" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E682" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F682" t="s">
+        <v>555</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>2103</v>
+      </c>
+      <c r="H682" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B683" t="s">
+        <v>9</v>
+      </c>
+      <c r="C683" t="s">
+        <v>37</v>
+      </c>
+      <c r="D683" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E683" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F683" t="s">
+        <v>555</v>
+      </c>
+      <c r="G683" s="1" t="s">
+        <v>2106</v>
+      </c>
+      <c r="H683" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B684" t="s">
+        <v>9</v>
+      </c>
+      <c r="C684" t="s">
+        <v>652</v>
+      </c>
+      <c r="D684" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E684" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F684" t="s">
+        <v>555</v>
+      </c>
+      <c r="G684" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="H684" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>42</v>
+      </c>
+      <c r="D685" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E685" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F685" t="s">
+        <v>555</v>
+      </c>
+      <c r="G685" s="1" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H685" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686" t="s">
+        <v>2114</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>46</v>
+      </c>
+      <c r="D686" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E686" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F686" t="s">
+        <v>555</v>
+      </c>
+      <c r="G686" s="1" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H686" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>50</v>
+      </c>
+      <c r="D687" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E687" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F687" t="s">
+        <v>555</v>
+      </c>
+      <c r="G687" s="1" t="s">
+        <v>2118</v>
+      </c>
+      <c r="H687" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688" t="s">
+        <v>2120</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>54</v>
+      </c>
+      <c r="D688" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E688" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F688" t="s">
+        <v>555</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H688" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>58</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E689" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F689" t="s">
+        <v>555</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H689" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690" t="s">
+        <v>2126</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
+        <v>62</v>
+      </c>
+      <c r="D690" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E690" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F690" t="s">
+        <v>555</v>
+      </c>
+      <c r="G690" s="1" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H690" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B691" t="s">
+        <v>9</v>
+      </c>
+      <c r="C691" t="s">
+        <v>66</v>
+      </c>
+      <c r="D691" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E691" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F691" t="s">
+        <v>555</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H691" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>70</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E692" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F692" t="s">
+        <v>555</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="H692" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>74</v>
+      </c>
+      <c r="D693" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E693" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F693" t="s">
+        <v>555</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>2135</v>
+      </c>
+      <c r="H693" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>78</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E694" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F694" t="s">
+        <v>555</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H694" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>82</v>
+      </c>
+      <c r="D695" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E695" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F695" t="s">
+        <v>555</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H695" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>506</v>
+      </c>
+      <c r="D696" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E696" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F696" t="s">
+        <v>173</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>2144</v>
+      </c>
+      <c r="H696" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D697" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E697" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F697" t="s">
+        <v>173</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>2147</v>
+      </c>
+      <c r="H697" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>307</v>
+      </c>
+      <c r="D698" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E698" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F698" t="s">
+        <v>173</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H698" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B699" t="s">
+        <v>9</v>
+      </c>
+      <c r="C699" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D699" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E699" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F699" t="s">
+        <v>173</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H699" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B700" t="s">
+        <v>9</v>
+      </c>
+      <c r="C700" t="s">
+        <v>85</v>
+      </c>
+      <c r="D700" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E700" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F700" t="s">
+        <v>173</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>2156</v>
+      </c>
+      <c r="H700" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="C701" t="s">
+        <v>89</v>
+      </c>
+      <c r="D701" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E701" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F701" t="s">
+        <v>173</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>2159</v>
+      </c>
+      <c r="H701" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B702" t="s">
+        <v>9</v>
+      </c>
+      <c r="C702" t="s">
+        <v>311</v>
+      </c>
+      <c r="D702" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E702" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F702" t="s">
+        <v>173</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>2162</v>
+      </c>
+      <c r="H702" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B703" t="s">
+        <v>9</v>
+      </c>
+      <c r="C703" t="s">
+        <v>473</v>
+      </c>
+      <c r="D703" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E703" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F703" t="s">
+        <v>173</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="H703" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B704" t="s">
+        <v>9</v>
+      </c>
+      <c r="C704" t="s">
+        <v>92</v>
+      </c>
+      <c r="D704" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E704" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F704" t="s">
+        <v>173</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>2168</v>
+      </c>
+      <c r="H704" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B705" t="s">
+        <v>9</v>
+      </c>
+      <c r="C705" t="s">
+        <v>96</v>
+      </c>
+      <c r="D705" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E705" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F705" t="s">
+        <v>173</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H705" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B706" t="s">
+        <v>9</v>
+      </c>
+      <c r="C706" t="s">
+        <v>479</v>
+      </c>
+      <c r="D706" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E706" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F706" t="s">
+        <v>173</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>2174</v>
+      </c>
+      <c r="H706" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B707" t="s">
+        <v>9</v>
+      </c>
+      <c r="C707" t="s">
+        <v>101</v>
+      </c>
+      <c r="D707" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E707" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F707" t="s">
+        <v>173</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>2177</v>
+      </c>
+      <c r="H707" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B708" t="s">
+        <v>9</v>
+      </c>
+      <c r="C708" t="s">
+        <v>105</v>
+      </c>
+      <c r="D708" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E708" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F708" t="s">
+        <v>173</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>2180</v>
+      </c>
+      <c r="H708" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B709" t="s">
+        <v>9</v>
+      </c>
+      <c r="C709" t="s">
+        <v>489</v>
+      </c>
+      <c r="D709" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E709" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F709" t="s">
+        <v>173</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>2183</v>
+      </c>
+      <c r="H709" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B710" t="s">
+        <v>9</v>
+      </c>
+      <c r="C710" t="s">
+        <v>493</v>
+      </c>
+      <c r="D710" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E710" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F710" t="s">
+        <v>173</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H710" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B711" t="s">
+        <v>9</v>
+      </c>
+      <c r="C711" t="s">
+        <v>109</v>
+      </c>
+      <c r="D711" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E711" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F711" t="s">
+        <v>173</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H711" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B712" t="s">
+        <v>9</v>
+      </c>
+      <c r="C712" t="s">
+        <v>500</v>
+      </c>
+      <c r="D712" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E712" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F712" t="s">
+        <v>173</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>2192</v>
+      </c>
+      <c r="H712" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B713" t="s">
+        <v>9</v>
+      </c>
+      <c r="C713" t="s">
+        <v>113</v>
+      </c>
+      <c r="D713" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E713" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F713" t="s">
+        <v>304</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>2195</v>
+      </c>
+      <c r="H713" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714" t="s">
+        <v>2197</v>
+      </c>
+      <c r="B714" t="s">
+        <v>9</v>
+      </c>
+      <c r="C714" t="s">
+        <v>117</v>
+      </c>
+      <c r="D714" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E714" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F714" t="s">
+        <v>304</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>2198</v>
+      </c>
+      <c r="H714" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B715" t="s">
+        <v>9</v>
+      </c>
+      <c r="C715" t="s">
+        <v>121</v>
+      </c>
+      <c r="D715" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E715" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F715" t="s">
+        <v>304</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H715" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>534</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E716" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F716" t="s">
+        <v>304</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H716" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>125</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E717" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F717" t="s">
+        <v>304</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>2207</v>
+      </c>
+      <c r="H717" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>129</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E718" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F718" t="s">
+        <v>304</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2210</v>
+      </c>
+      <c r="H718" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B719" t="s">
+        <v>9</v>
+      </c>
+      <c r="C719" t="s">
+        <v>133</v>
+      </c>
+      <c r="D719" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E719" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F719" t="s">
+        <v>304</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H719" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>137</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E720" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F720" t="s">
+        <v>304</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2216</v>
+      </c>
+      <c r="H720" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>551</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E721" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F721" t="s">
+        <v>304</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H721" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>142</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E722" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F722" t="s">
+        <v>304</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H722" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>147</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F723" t="s">
+        <v>304</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2224</v>
+      </c>
+      <c r="H723" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>152</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E724" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F724" t="s">
+        <v>304</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>2227</v>
+      </c>
+      <c r="H724" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" t="s">
+        <v>2229</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>156</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E725" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F725" t="s">
+        <v>518</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>2230</v>
+      </c>
+      <c r="H725" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>160</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E726" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F726" t="s">
+        <v>518</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H726" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>164</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F727" t="s">
+        <v>518</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>2236</v>
+      </c>
+      <c r="H727" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>168</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E728" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F728" t="s">
+        <v>518</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="H728" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>172</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E729" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F729" t="s">
+        <v>518</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2242</v>
+      </c>
+      <c r="H729" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>36</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E730" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F730" t="s">
+        <v>518</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>2245</v>
+      </c>
+      <c r="H730" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>81</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E731" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F731" t="s">
+        <v>518</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H731" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>183</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F732" t="s">
+        <v>518</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2251</v>
+      </c>
+      <c r="H732" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>95</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F733" t="s">
+        <v>518</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>2254</v>
+      </c>
+      <c r="H733" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>108</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F734" t="s">
+        <v>518</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2257</v>
+      </c>
+      <c r="H734" t="s">
+        <v>2258</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>136</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F735" t="s">
+        <v>138</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H735" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>112</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F736" t="s">
+        <v>138</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>2263</v>
+      </c>
+      <c r="H736" t="s">
+        <v>2264</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>116</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F737" t="s">
+        <v>138</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2266</v>
+      </c>
+      <c r="H737" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>120</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F738" t="s">
+        <v>138</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H738" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" t="s">
+        <v>2271</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>602</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F739" t="s">
+        <v>138</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>124</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F740" t="s">
+        <v>138</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2275</v>
+      </c>
+      <c r="H740" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>2277</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>202</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F741" t="s">
+        <v>138</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2278</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>612</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F742" t="s">
+        <v>138</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2281</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>2283</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>205</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F743" t="s">
+        <v>138</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>209</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F744" t="s">
+        <v>138</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2287</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2288</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>213</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F745" t="s">
+        <v>138</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2290</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>320</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F746" t="s">
+        <v>138</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H746" t="s">
+        <v>2294</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>2295</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>324</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F747" t="s">
+        <v>138</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H747" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>217</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F748" t="s">
+        <v>138</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H748" t="s">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>634</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E749" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F749" t="s">
+        <v>138</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H749" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>128</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E750" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F750" t="s">
+        <v>138</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>2305</v>
+      </c>
+      <c r="H750" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>132</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E751" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F751" t="s">
+        <v>138</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="H751" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>141</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F752" t="s">
+        <v>138</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H752" t="s">
+        <v>2312</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B753" t="s">
+        <v>9</v>
+      </c>
+      <c r="C753" t="s">
+        <v>146</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E753" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F753" t="s">
+        <v>138</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="H753" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>151</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E754" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F754" t="s">
+        <v>138</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H754" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>155</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E755" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F755" t="s">
+        <v>223</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H755" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>159</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F756" t="s">
+        <v>223</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H756" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
+        <v>163</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F757" t="s">
+        <v>223</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H757" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
+        <v>167</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F758" t="s">
+        <v>223</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="H758" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
+        <v>171</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F759" t="s">
+        <v>223</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H759" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="760" spans="1:8">
+      <c r="A760" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B760" t="s">
+        <v>9</v>
+      </c>
+      <c r="C760" t="s">
+        <v>250</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F760" t="s">
+        <v>223</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H760" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="761" spans="1:8">
+      <c r="A761" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
+        <v>255</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F761" t="s">
+        <v>223</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>2338</v>
+      </c>
+      <c r="H761" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="762" spans="1:8">
+      <c r="A762" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
+        <v>259</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F762" t="s">
+        <v>223</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2341</v>
+      </c>
+      <c r="H762" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="763" spans="1:8">
+      <c r="A763" t="s">
+        <v>2343</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
+        <v>263</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F763" t="s">
+        <v>223</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H763" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="764" spans="1:8">
+      <c r="A764" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>267</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F764" t="s">
+        <v>223</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2347</v>
+      </c>
+      <c r="H764" t="s">
+        <v>2348</v>
+      </c>
+    </row>
+    <row r="765" spans="1:8">
+      <c r="A765" t="s">
+        <v>2349</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>271</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F765" t="s">
+        <v>223</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H765" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>275</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E766" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F766" t="s">
+        <v>223</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>2353</v>
+      </c>
+      <c r="H766" t="s">
+        <v>2354</v>
+      </c>
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" t="s">
+        <v>2355</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>279</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F767" t="s">
+        <v>223</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H767" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>283</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F768" t="s">
+        <v>223</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2359</v>
+      </c>
+      <c r="H768" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" t="s">
+        <v>2361</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>287</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F769" t="s">
+        <v>143</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>2362</v>
+      </c>
+      <c r="H769" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" t="s">
+        <v>2364</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>291</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F770" t="s">
+        <v>143</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>2365</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2366</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>295</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F771" t="s">
+        <v>143</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>299</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F772" t="s">
+        <v>143</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>2371</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" t="s">
+        <v>2373</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>303</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F773" t="s">
+        <v>436</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>2374</v>
+      </c>
+      <c r="H773" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>308</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F774" t="s">
+        <v>436</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>2377</v>
+      </c>
+      <c r="H774" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>312</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F775" t="s">
+        <v>436</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>2380</v>
+      </c>
+      <c r="H775" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>315</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F776" t="s">
+        <v>436</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>2383</v>
+      </c>
+      <c r="H776" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>249</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F777" t="s">
+        <v>436</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>2386</v>
+      </c>
+      <c r="H777" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>321</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F778" t="s">
+        <v>436</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H778" t="s">
+        <v>2390</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>2391</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>325</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F779" t="s">
+        <v>436</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="H779" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>328</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F780" t="s">
+        <v>436</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>2395</v>
+      </c>
+      <c r="H780" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>2397</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>331</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F781" t="s">
+        <v>436</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>2398</v>
+      </c>
+      <c r="H781" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>334</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F782" t="s">
+        <v>436</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>2401</v>
+      </c>
+      <c r="H782" t="s">
+        <v>2402</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>2403</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>338</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F783" t="s">
+        <v>436</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H783" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>342</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F784" t="s">
+        <v>436</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>2407</v>
+      </c>
+      <c r="H784" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>2409</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>346</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F785" t="s">
+        <v>436</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H785" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>350</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F786" t="s">
+        <v>436</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>2413</v>
+      </c>
+      <c r="H786" t="s">
+        <v>2414</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>671</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F787" t="s">
+        <v>436</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>2416</v>
+      </c>
+      <c r="H787" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>355</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F788" t="s">
+        <v>547</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H788" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789" t="s">
+        <v>2421</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>359</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E789" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F789" t="s">
+        <v>547</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>2422</v>
+      </c>
+      <c r="H789" t="s">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790" t="s">
+        <v>2424</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>363</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E790" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F790" t="s">
+        <v>547</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H790" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>367</v>
+      </c>
+      <c r="D791" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E791" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F791" t="s">
+        <v>547</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H791" t="s">
+        <v>2429</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
         <v>371</v>
       </c>
-      <c r="D439" t="s">
-[...5 lines deleted...]
-      <c r="F439" t="s">
+      <c r="D792" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E792" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F792" t="s">
+        <v>547</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H792" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793" t="s">
+        <v>2433</v>
+      </c>
+      <c r="B793" t="s">
+        <v>9</v>
+      </c>
+      <c r="C793" t="s">
+        <v>375</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E793" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F793" t="s">
+        <v>547</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="H793" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B794" t="s">
+        <v>9</v>
+      </c>
+      <c r="C794" t="s">
+        <v>379</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E794" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F794" t="s">
+        <v>547</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H794" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>383</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E795" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F795" t="s">
+        <v>547</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H795" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
+        <v>387</v>
+      </c>
+      <c r="D796" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E796" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F796" t="s">
+        <v>547</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H796" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797" t="s">
+        <v>2445</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>391</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E797" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F797" t="s">
+        <v>547</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>2446</v>
+      </c>
+      <c r="H797" t="s">
+        <v>2447</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798" t="s">
+        <v>2448</v>
+      </c>
+      <c r="B798" t="s">
+        <v>9</v>
+      </c>
+      <c r="C798" t="s">
+        <v>395</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E798" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F798" t="s">
+        <v>547</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>2449</v>
+      </c>
+      <c r="H798" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799" t="s">
+        <v>2451</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>399</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E799" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F799" t="s">
+        <v>547</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H799" t="s">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="800" spans="1:8">
+      <c r="A800" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B800" t="s">
+        <v>9</v>
+      </c>
+      <c r="C800" t="s">
+        <v>302</v>
+      </c>
+      <c r="D800" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E800" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F800" t="s">
+        <v>547</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H800" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="801" spans="1:8">
+      <c r="A801" t="s">
+        <v>2457</v>
+      </c>
+      <c r="B801" t="s">
+        <v>9</v>
+      </c>
+      <c r="C801" t="s">
+        <v>406</v>
+      </c>
+      <c r="D801" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E801" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F801" t="s">
+        <v>547</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>2458</v>
+      </c>
+      <c r="H801" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="802" spans="1:8">
+      <c r="A802" t="s">
+        <v>2460</v>
+      </c>
+      <c r="B802" t="s">
+        <v>9</v>
+      </c>
+      <c r="C802" t="s">
+        <v>337</v>
+      </c>
+      <c r="D802" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E802" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F802" t="s">
+        <v>547</v>
+      </c>
+      <c r="G802" s="1" t="s">
+        <v>2461</v>
+      </c>
+      <c r="H802" t="s">
+        <v>2462</v>
+      </c>
+    </row>
+    <row r="803" spans="1:8">
+      <c r="A803" t="s">
+        <v>2463</v>
+      </c>
+      <c r="B803" t="s">
+        <v>9</v>
+      </c>
+      <c r="C803" t="s">
+        <v>413</v>
+      </c>
+      <c r="D803" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E803" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F803" t="s">
+        <v>547</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>2464</v>
+      </c>
+      <c r="H803" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="804" spans="1:8">
+      <c r="A804" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B804" t="s">
+        <v>9</v>
+      </c>
+      <c r="C804" t="s">
+        <v>417</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E804" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F804" t="s">
+        <v>547</v>
+      </c>
+      <c r="G804" s="1" t="s">
+        <v>2467</v>
+      </c>
+      <c r="H804" t="s">
+        <v>2468</v>
+      </c>
+    </row>
+    <row r="805" spans="1:8">
+      <c r="A805" t="s">
+        <v>2469</v>
+      </c>
+      <c r="B805" t="s">
+        <v>9</v>
+      </c>
+      <c r="C805" t="s">
+        <v>421</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E805" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F805" t="s">
+        <v>547</v>
+      </c>
+      <c r="G805" s="1" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H805" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="806" spans="1:8">
+      <c r="A806" t="s">
+        <v>2472</v>
+      </c>
+      <c r="B806" t="s">
+        <v>9</v>
+      </c>
+      <c r="C806" t="s">
+        <v>176</v>
+      </c>
+      <c r="D806" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E806" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F806" t="s">
+        <v>38</v>
+      </c>
+      <c r="G806" s="1" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H806" t="s">
+        <v>2474</v>
+      </c>
+    </row>
+    <row r="807" spans="1:8">
+      <c r="A807" t="s">
+        <v>2475</v>
+      </c>
+      <c r="B807" t="s">
+        <v>9</v>
+      </c>
+      <c r="C807" t="s">
+        <v>428</v>
+      </c>
+      <c r="D807" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E807" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F807" t="s">
+        <v>38</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="H807" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="808" spans="1:8">
+      <c r="A808" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B808" t="s">
+        <v>9</v>
+      </c>
+      <c r="C808" t="s">
+        <v>179</v>
+      </c>
+      <c r="D808" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E808" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F808" t="s">
+        <v>38</v>
+      </c>
+      <c r="G808" s="1" t="s">
+        <v>2479</v>
+      </c>
+      <c r="H808" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="809" spans="1:8">
+      <c r="A809" t="s">
+        <v>2481</v>
+      </c>
+      <c r="B809" t="s">
+        <v>9</v>
+      </c>
+      <c r="C809" t="s">
+        <v>435</v>
+      </c>
+      <c r="D809" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E809" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F809" t="s">
+        <v>38</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>2482</v>
+      </c>
+      <c r="H809" t="s">
+        <v>2483</v>
+      </c>
+    </row>
+    <row r="810" spans="1:8">
+      <c r="A810" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>182</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E810" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F810" t="s">
+        <v>148</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>2485</v>
+      </c>
+      <c r="H810" t="s">
+        <v>2486</v>
+      </c>
+    </row>
+    <row r="811" spans="1:8">
+      <c r="A811" t="s">
+        <v>2487</v>
+      </c>
+      <c r="B811" t="s">
+        <v>9</v>
+      </c>
+      <c r="C811" t="s">
+        <v>186</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E811" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F811" t="s">
+        <v>148</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H811" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="812" spans="1:8">
+      <c r="A812" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>189</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E812" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F812" t="s">
+        <v>148</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>2491</v>
+      </c>
+      <c r="H812" t="s">
+        <v>2492</v>
+      </c>
+    </row>
+    <row r="813" spans="1:8">
+      <c r="A813" t="s">
+        <v>2493</v>
+      </c>
+      <c r="B813" t="s">
+        <v>9</v>
+      </c>
+      <c r="C813" t="s">
+        <v>192</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E813" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F813" t="s">
+        <v>148</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H813" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="814" spans="1:8">
+      <c r="A814" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B814" t="s">
+        <v>9</v>
+      </c>
+      <c r="C814" t="s">
+        <v>195</v>
+      </c>
+      <c r="D814" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E814" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F814" t="s">
+        <v>148</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>2497</v>
+      </c>
+      <c r="H814" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="815" spans="1:8">
+      <c r="A815" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B815" t="s">
+        <v>9</v>
+      </c>
+      <c r="C815" t="s">
+        <v>198</v>
+      </c>
+      <c r="D815" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E815" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F815" t="s">
+        <v>148</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="H815" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="816" spans="1:8">
+      <c r="A816" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B816" t="s">
+        <v>9</v>
+      </c>
+      <c r="C816" t="s">
+        <v>201</v>
+      </c>
+      <c r="D816" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E816" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F816" t="s">
+        <v>148</v>
+      </c>
+      <c r="G816" s="1" t="s">
+        <v>2503</v>
+      </c>
+      <c r="H816" t="s">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="817" spans="1:8">
+      <c r="A817" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B817" t="s">
+        <v>9</v>
+      </c>
+      <c r="C817" t="s">
+        <v>220</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E817" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F817" t="s">
+        <v>148</v>
+      </c>
+      <c r="G817" s="1" t="s">
+        <v>2506</v>
+      </c>
+      <c r="H817" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="818" spans="1:8">
+      <c r="A818" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B818" t="s">
+        <v>9</v>
+      </c>
+      <c r="C818" t="s">
+        <v>719</v>
+      </c>
+      <c r="D818" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E818" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F818" t="s">
+        <v>148</v>
+      </c>
+      <c r="G818" s="1" t="s">
+        <v>2509</v>
+      </c>
+      <c r="H818" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="819" spans="1:8">
+      <c r="A819" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B819" t="s">
+        <v>9</v>
+      </c>
+      <c r="C819" t="s">
+        <v>715</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E819" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F819" t="s">
+        <v>148</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="H819" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="820" spans="1:8">
+      <c r="A820" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B820" t="s">
+        <v>9</v>
+      </c>
+      <c r="C820" t="s">
+        <v>726</v>
+      </c>
+      <c r="D820" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E820" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F820" t="s">
+        <v>148</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>2515</v>
+      </c>
+      <c r="H820" t="s">
+        <v>2516</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821" t="s">
+        <v>2517</v>
+      </c>
+      <c r="B821" t="s">
+        <v>9</v>
+      </c>
+      <c r="C821" t="s">
+        <v>718</v>
+      </c>
+      <c r="D821" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E821" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F821" t="s">
+        <v>148</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>2518</v>
+      </c>
+      <c r="H821" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B822" t="s">
+        <v>9</v>
+      </c>
+      <c r="C822" t="s">
+        <v>341</v>
+      </c>
+      <c r="D822" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E822" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F822" t="s">
+        <v>148</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>2521</v>
+      </c>
+      <c r="H822" t="s">
+        <v>2522</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B823" t="s">
+        <v>9</v>
+      </c>
+      <c r="C823" t="s">
+        <v>736</v>
+      </c>
+      <c r="D823" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E823" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F823" t="s">
+        <v>148</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="H823" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B824" t="s">
+        <v>9</v>
+      </c>
+      <c r="C824" t="s">
+        <v>740</v>
+      </c>
+      <c r="D824" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E824" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F824" t="s">
+        <v>148</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>2527</v>
+      </c>
+      <c r="H824" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825" t="s">
+        <v>2529</v>
+      </c>
+      <c r="B825" t="s">
+        <v>9</v>
+      </c>
+      <c r="C825" t="s">
+        <v>744</v>
+      </c>
+      <c r="D825" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E825" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F825" t="s">
+        <v>148</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>2530</v>
+      </c>
+      <c r="H825" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B826" t="s">
+        <v>9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>748</v>
+      </c>
+      <c r="D826" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E826" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F826" t="s">
+        <v>148</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>2533</v>
+      </c>
+      <c r="H826" t="s">
+        <v>2534</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B827" t="s">
+        <v>9</v>
+      </c>
+      <c r="C827" t="s">
+        <v>722</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E827" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F827" t="s">
+        <v>148</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H827" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B828" t="s">
+        <v>9</v>
+      </c>
+      <c r="C828" t="s">
+        <v>755</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E828" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F828" t="s">
+        <v>148</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>2539</v>
+      </c>
+      <c r="H828" t="s">
+        <v>2540</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829" t="s">
+        <v>2541</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>759</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E829" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F829" t="s">
+        <v>148</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>2542</v>
+      </c>
+      <c r="H829" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B830" t="s">
+        <v>9</v>
+      </c>
+      <c r="C830" t="s">
+        <v>216</v>
+      </c>
+      <c r="D830" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E830" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F830" t="s">
+        <v>148</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>2545</v>
+      </c>
+      <c r="H830" t="s">
+        <v>2546</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B831" t="s">
+        <v>9</v>
+      </c>
+      <c r="C831" t="s">
+        <v>212</v>
+      </c>
+      <c r="D831" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E831" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F831" t="s">
+        <v>148</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>2548</v>
+      </c>
+      <c r="H831" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832" t="s">
+        <v>2550</v>
+      </c>
+      <c r="B832" t="s">
+        <v>9</v>
+      </c>
+      <c r="C832" t="s">
+        <v>208</v>
+      </c>
+      <c r="D832" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E832" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F832" t="s">
+        <v>148</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>2551</v>
+      </c>
+      <c r="H832" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833" t="s">
+        <v>2553</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>226</v>
+      </c>
+      <c r="D833" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E833" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F833" t="s">
+        <v>251</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>2554</v>
+      </c>
+      <c r="H833" t="s">
+        <v>2555</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834" t="s">
+        <v>2556</v>
+      </c>
+      <c r="B834" t="s">
+        <v>9</v>
+      </c>
+      <c r="C834" t="s">
+        <v>229</v>
+      </c>
+      <c r="D834" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E834" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F834" t="s">
+        <v>251</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>2557</v>
+      </c>
+      <c r="H834" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>232</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E835" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F835" t="s">
+        <v>251</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>2560</v>
+      </c>
+      <c r="H835" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836" t="s">
+        <v>2562</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>235</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E836" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F836" t="s">
+        <v>251</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H836" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>238</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E837" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F837" t="s">
+        <v>251</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>2566</v>
+      </c>
+      <c r="H837" t="s">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
+        <v>246</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E838" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F838" t="s">
+        <v>251</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>2569</v>
+      </c>
+      <c r="H838" t="s">
+        <v>2570</v>
+      </c>
+    </row>
+    <row r="839" spans="1:8">
+      <c r="A839" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B839" t="s">
+        <v>9</v>
+      </c>
+      <c r="C839" t="s">
+        <v>254</v>
+      </c>
+      <c r="D839" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E839" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F839" t="s">
+        <v>251</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>2572</v>
+      </c>
+      <c r="H839" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="840" spans="1:8">
+      <c r="A840" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B840" t="s">
+        <v>9</v>
+      </c>
+      <c r="C840" t="s">
+        <v>258</v>
+      </c>
+      <c r="D840" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E840" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F840" t="s">
+        <v>251</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>2575</v>
+      </c>
+      <c r="H840" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="841" spans="1:8">
+      <c r="A841" t="s">
+        <v>2577</v>
+      </c>
+      <c r="B841" t="s">
+        <v>9</v>
+      </c>
+      <c r="C841" t="s">
+        <v>262</v>
+      </c>
+      <c r="D841" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E841" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F841" t="s">
+        <v>251</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>2578</v>
+      </c>
+      <c r="H841" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="842" spans="1:8">
+      <c r="A842" t="s">
+        <v>2580</v>
+      </c>
+      <c r="B842" t="s">
+        <v>9</v>
+      </c>
+      <c r="C842" t="s">
+        <v>266</v>
+      </c>
+      <c r="D842" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E842" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F842" t="s">
+        <v>251</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>2581</v>
+      </c>
+      <c r="H842" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="843" spans="1:8">
+      <c r="A843" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B843" t="s">
+        <v>9</v>
+      </c>
+      <c r="C843" t="s">
+        <v>270</v>
+      </c>
+      <c r="D843" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E843" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F843" t="s">
+        <v>251</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>2584</v>
+      </c>
+      <c r="H843" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="844" spans="1:8">
+      <c r="A844" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B844" t="s">
+        <v>9</v>
+      </c>
+      <c r="C844" t="s">
+        <v>274</v>
+      </c>
+      <c r="D844" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E844" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F844" t="s">
+        <v>251</v>
+      </c>
+      <c r="G844" s="1" t="s">
+        <v>2587</v>
+      </c>
+      <c r="H844" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="845" spans="1:8">
+      <c r="A845" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B845" t="s">
+        <v>9</v>
+      </c>
+      <c r="C845" t="s">
+        <v>278</v>
+      </c>
+      <c r="D845" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E845" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F845" t="s">
+        <v>251</v>
+      </c>
+      <c r="G845" s="1" t="s">
+        <v>2590</v>
+      </c>
+      <c r="H845" t="s">
+        <v>2591</v>
+      </c>
+    </row>
+    <row r="846" spans="1:8">
+      <c r="A846" t="s">
+        <v>2592</v>
+      </c>
+      <c r="B846" t="s">
+        <v>9</v>
+      </c>
+      <c r="C846" t="s">
+        <v>282</v>
+      </c>
+      <c r="D846" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E846" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F846" t="s">
+        <v>251</v>
+      </c>
+      <c r="G846" s="1" t="s">
+        <v>2593</v>
+      </c>
+      <c r="H846" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="847" spans="1:8">
+      <c r="A847" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B847" t="s">
+        <v>9</v>
+      </c>
+      <c r="C847" t="s">
+        <v>286</v>
+      </c>
+      <c r="D847" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E847" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F847" t="s">
+        <v>251</v>
+      </c>
+      <c r="G847" s="1" t="s">
+        <v>2596</v>
+      </c>
+      <c r="H847" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="848" spans="1:8">
+      <c r="A848" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B848" t="s">
+        <v>9</v>
+      </c>
+      <c r="C848" t="s">
+        <v>241</v>
+      </c>
+      <c r="D848" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E848" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F848" t="s">
+        <v>251</v>
+      </c>
+      <c r="G848" s="1" t="s">
+        <v>2599</v>
+      </c>
+      <c r="H848" t="s">
+        <v>2600</v>
+      </c>
+    </row>
+    <row r="849" spans="1:8">
+      <c r="A849" t="s">
+        <v>2601</v>
+      </c>
+      <c r="B849" t="s">
+        <v>9</v>
+      </c>
+      <c r="C849" t="s">
+        <v>820</v>
+      </c>
+      <c r="D849" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E849" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F849" t="s">
+        <v>251</v>
+      </c>
+      <c r="G849" s="1" t="s">
+        <v>2602</v>
+      </c>
+      <c r="H849" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="850" spans="1:8">
+      <c r="A850" t="s">
+        <v>2604</v>
+      </c>
+      <c r="B850" t="s">
+        <v>9</v>
+      </c>
+      <c r="C850" t="s">
+        <v>824</v>
+      </c>
+      <c r="D850" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E850" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F850" t="s">
+        <v>251</v>
+      </c>
+      <c r="G850" s="1" t="s">
+        <v>2605</v>
+      </c>
+      <c r="H850" t="s">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="851" spans="1:8">
+      <c r="A851" t="s">
+        <v>2607</v>
+      </c>
+      <c r="B851" t="s">
+        <v>9</v>
+      </c>
+      <c r="C851" t="s">
+        <v>828</v>
+      </c>
+      <c r="D851" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E851" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F851" t="s">
+        <v>251</v>
+      </c>
+      <c r="G851" s="1" t="s">
+        <v>2608</v>
+      </c>
+      <c r="H851" t="s">
+        <v>2609</v>
+      </c>
+    </row>
+    <row r="852" spans="1:8">
+      <c r="A852" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B852" t="s">
+        <v>9</v>
+      </c>
+      <c r="C852" t="s">
+        <v>832</v>
+      </c>
+      <c r="D852" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E852" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F852" t="s">
+        <v>251</v>
+      </c>
+      <c r="G852" s="1" t="s">
+        <v>2611</v>
+      </c>
+      <c r="H852" t="s">
+        <v>2612</v>
+      </c>
+    </row>
+    <row r="853" spans="1:8">
+      <c r="A853" t="s">
+        <v>2613</v>
+      </c>
+      <c r="B853" t="s">
+        <v>9</v>
+      </c>
+      <c r="C853" t="s">
+        <v>836</v>
+      </c>
+      <c r="D853" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E853" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F853" t="s">
+        <v>251</v>
+      </c>
+      <c r="G853" s="1" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H853" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="854" spans="1:8">
+      <c r="A854" t="s">
+        <v>2616</v>
+      </c>
+      <c r="B854" t="s">
+        <v>9</v>
+      </c>
+      <c r="C854" t="s">
+        <v>840</v>
+      </c>
+      <c r="D854" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E854" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F854" t="s">
+        <v>565</v>
+      </c>
+      <c r="G854" s="1" t="s">
+        <v>2617</v>
+      </c>
+      <c r="H854" t="s">
+        <v>2618</v>
+      </c>
+    </row>
+    <row r="855" spans="1:8">
+      <c r="A855" t="s">
+        <v>2619</v>
+      </c>
+      <c r="B855" t="s">
+        <v>9</v>
+      </c>
+      <c r="C855" t="s">
+        <v>844</v>
+      </c>
+      <c r="D855" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E855" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F855" t="s">
+        <v>565</v>
+      </c>
+      <c r="G855" s="1" t="s">
+        <v>2620</v>
+      </c>
+      <c r="H855" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="856" spans="1:8">
+      <c r="A856" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B856" t="s">
+        <v>9</v>
+      </c>
+      <c r="C856" t="s">
+        <v>848</v>
+      </c>
+      <c r="D856" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E856" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F856" t="s">
+        <v>565</v>
+      </c>
+      <c r="G856" s="1" t="s">
+        <v>2623</v>
+      </c>
+      <c r="H856" t="s">
+        <v>2624</v>
+      </c>
+    </row>
+    <row r="857" spans="1:8">
+      <c r="A857" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B857" t="s">
+        <v>9</v>
+      </c>
+      <c r="C857" t="s">
+        <v>852</v>
+      </c>
+      <c r="D857" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E857" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F857" t="s">
+        <v>565</v>
+      </c>
+      <c r="G857" s="1" t="s">
+        <v>2626</v>
+      </c>
+      <c r="H857" t="s">
+        <v>2627</v>
+      </c>
+    </row>
+    <row r="858" spans="1:8">
+      <c r="A858" t="s">
+        <v>2628</v>
+      </c>
+      <c r="B858" t="s">
+        <v>9</v>
+      </c>
+      <c r="C858" t="s">
+        <v>856</v>
+      </c>
+      <c r="D858" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E858" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F858" t="s">
+        <v>565</v>
+      </c>
+      <c r="G858" s="1" t="s">
+        <v>2629</v>
+      </c>
+      <c r="H858" t="s">
+        <v>2630</v>
+      </c>
+    </row>
+    <row r="859" spans="1:8">
+      <c r="A859" t="s">
+        <v>2631</v>
+      </c>
+      <c r="B859" t="s">
+        <v>9</v>
+      </c>
+      <c r="C859" t="s">
+        <v>725</v>
+      </c>
+      <c r="D859" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E859" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F859" t="s">
+        <v>565</v>
+      </c>
+      <c r="G859" s="1" t="s">
+        <v>2632</v>
+      </c>
+      <c r="H859" t="s">
+        <v>2633</v>
+      </c>
+    </row>
+    <row r="860" spans="1:8">
+      <c r="A860" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B860" t="s">
+        <v>9</v>
+      </c>
+      <c r="C860" t="s">
+        <v>863</v>
+      </c>
+      <c r="D860" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E860" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F860" t="s">
+        <v>565</v>
+      </c>
+      <c r="G860" s="1" t="s">
+        <v>2635</v>
+      </c>
+      <c r="H860" t="s">
+        <v>2636</v>
+      </c>
+    </row>
+    <row r="861" spans="1:8">
+      <c r="A861" t="s">
+        <v>2637</v>
+      </c>
+      <c r="B861" t="s">
+        <v>9</v>
+      </c>
+      <c r="C861" t="s">
+        <v>478</v>
+      </c>
+      <c r="D861" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E861" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F861" t="s">
+        <v>565</v>
+      </c>
+      <c r="G861" s="1" t="s">
+        <v>2638</v>
+      </c>
+      <c r="H861" t="s">
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="862" spans="1:8">
+      <c r="A862" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B862" t="s">
+        <v>9</v>
+      </c>
+      <c r="C862" t="s">
+        <v>870</v>
+      </c>
+      <c r="D862" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E862" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F862" t="s">
+        <v>565</v>
+      </c>
+      <c r="G862" s="1" t="s">
+        <v>2641</v>
+      </c>
+      <c r="H862" t="s">
+        <v>2642</v>
+      </c>
+    </row>
+    <row r="863" spans="1:8">
+      <c r="A863" t="s">
+        <v>2643</v>
+      </c>
+      <c r="B863" t="s">
+        <v>9</v>
+      </c>
+      <c r="C863" t="s">
+        <v>874</v>
+      </c>
+      <c r="D863" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E863" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F863" t="s">
+        <v>565</v>
+      </c>
+      <c r="G863" s="1" t="s">
+        <v>2644</v>
+      </c>
+      <c r="H863" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="864" spans="1:8">
+      <c r="A864" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B864" t="s">
+        <v>9</v>
+      </c>
+      <c r="C864" t="s">
+        <v>729</v>
+      </c>
+      <c r="D864" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E864" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F864" t="s">
+        <v>565</v>
+      </c>
+      <c r="G864" s="1" t="s">
+        <v>2647</v>
+      </c>
+      <c r="H864" t="s">
+        <v>2648</v>
+      </c>
+    </row>
+    <row r="865" spans="1:8">
+      <c r="A865" t="s">
+        <v>2649</v>
+      </c>
+      <c r="B865" t="s">
+        <v>9</v>
+      </c>
+      <c r="C865" t="s">
+        <v>732</v>
+      </c>
+      <c r="D865" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E865" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F865" t="s">
+        <v>565</v>
+      </c>
+      <c r="G865" s="1" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H865" t="s">
+        <v>2651</v>
+      </c>
+    </row>
+    <row r="866" spans="1:8">
+      <c r="A866" t="s">
+        <v>2652</v>
+      </c>
+      <c r="B866" t="s">
+        <v>9</v>
+      </c>
+      <c r="C866" t="s">
+        <v>943</v>
+      </c>
+      <c r="D866" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E866" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F866" t="s">
+        <v>565</v>
+      </c>
+      <c r="G866" s="1" t="s">
+        <v>2653</v>
+      </c>
+      <c r="H866" t="s">
+        <v>2654</v>
+      </c>
+    </row>
+    <row r="867" spans="1:8">
+      <c r="A867" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B867" t="s">
+        <v>9</v>
+      </c>
+      <c r="C867" t="s">
+        <v>946</v>
+      </c>
+      <c r="D867" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E867" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F867" t="s">
+        <v>565</v>
+      </c>
+      <c r="G867" s="1" t="s">
+        <v>2656</v>
+      </c>
+      <c r="H867" t="s">
+        <v>2657</v>
+      </c>
+    </row>
+    <row r="868" spans="1:8">
+      <c r="A868" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
+        <v>735</v>
+      </c>
+      <c r="D868" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E868" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F868" t="s">
+        <v>97</v>
+      </c>
+      <c r="G868" s="1" t="s">
+        <v>2659</v>
+      </c>
+      <c r="H868" t="s">
+        <v>2660</v>
+      </c>
+    </row>
+    <row r="869" spans="1:8">
+      <c r="A869" t="s">
+        <v>2661</v>
+      </c>
+      <c r="B869" t="s">
+        <v>9</v>
+      </c>
+      <c r="C869" t="s">
+        <v>949</v>
+      </c>
+      <c r="D869" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E869" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F869" t="s">
+        <v>97</v>
+      </c>
+      <c r="G869" s="1" t="s">
+        <v>2662</v>
+      </c>
+      <c r="H869" t="s">
+        <v>2663</v>
+      </c>
+    </row>
+    <row r="870" spans="1:8">
+      <c r="A870" t="s">
+        <v>2664</v>
+      </c>
+      <c r="B870" t="s">
+        <v>9</v>
+      </c>
+      <c r="C870" t="s">
+        <v>951</v>
+      </c>
+      <c r="D870" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E870" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F870" t="s">
+        <v>97</v>
+      </c>
+      <c r="G870" s="1" t="s">
+        <v>2665</v>
+      </c>
+      <c r="H870" t="s">
+        <v>2666</v>
+      </c>
+    </row>
+    <row r="871" spans="1:8">
+      <c r="A871" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B871" t="s">
+        <v>9</v>
+      </c>
+      <c r="C871" t="s">
+        <v>954</v>
+      </c>
+      <c r="D871" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E871" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F871" t="s">
+        <v>97</v>
+      </c>
+      <c r="G871" s="1" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H871" t="s">
+        <v>2669</v>
+      </c>
+    </row>
+    <row r="872" spans="1:8">
+      <c r="A872" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B872" t="s">
+        <v>9</v>
+      </c>
+      <c r="C872" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D872" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E872" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F872" t="s">
+        <v>97</v>
+      </c>
+      <c r="G872" s="1" t="s">
+        <v>2671</v>
+      </c>
+      <c r="H872" t="s">
+        <v>2672</v>
+      </c>
+    </row>
+    <row r="873" spans="1:8">
+      <c r="A873" t="s">
+        <v>2673</v>
+      </c>
+      <c r="B873" t="s">
+        <v>9</v>
+      </c>
+      <c r="C873" t="s">
+        <v>100</v>
+      </c>
+      <c r="D873" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E873" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F873" t="s">
+        <v>97</v>
+      </c>
+      <c r="G873" s="1" t="s">
+        <v>2674</v>
+      </c>
+      <c r="H873" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="874" spans="1:8">
+      <c r="A874" t="s">
+        <v>2676</v>
+      </c>
+      <c r="B874" t="s">
+        <v>9</v>
+      </c>
+      <c r="C874" t="s">
+        <v>661</v>
+      </c>
+      <c r="D874" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E874" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F874" t="s">
+        <v>97</v>
+      </c>
+      <c r="G874" s="1" t="s">
+        <v>2677</v>
+      </c>
+      <c r="H874" t="s">
+        <v>2678</v>
+      </c>
+    </row>
+    <row r="875" spans="1:8">
+      <c r="A875" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B875" t="s">
+        <v>9</v>
+      </c>
+      <c r="C875" t="s">
+        <v>957</v>
+      </c>
+      <c r="D875" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E875" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F875" t="s">
+        <v>97</v>
+      </c>
+      <c r="G875" s="1" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H875" t="s">
+        <v>2681</v>
+      </c>
+    </row>
+    <row r="876" spans="1:8">
+      <c r="A876" t="s">
+        <v>2682</v>
+      </c>
+      <c r="B876" t="s">
+        <v>9</v>
+      </c>
+      <c r="C876" t="s">
+        <v>960</v>
+      </c>
+      <c r="D876" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E876" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F876" t="s">
+        <v>97</v>
+      </c>
+      <c r="G876" s="1" t="s">
+        <v>2683</v>
+      </c>
+      <c r="H876" t="s">
+        <v>2684</v>
+      </c>
+    </row>
+    <row r="877" spans="1:8">
+      <c r="A877" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B877" t="s">
+        <v>9</v>
+      </c>
+      <c r="C877" t="s">
+        <v>963</v>
+      </c>
+      <c r="D877" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E877" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F877" t="s">
+        <v>97</v>
+      </c>
+      <c r="G877" s="1" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H877" t="s">
+        <v>2687</v>
+      </c>
+    </row>
+    <row r="878" spans="1:8">
+      <c r="A878" t="s">
+        <v>2688</v>
+      </c>
+      <c r="B878" t="s">
+        <v>9</v>
+      </c>
+      <c r="C878" t="s">
+        <v>966</v>
+      </c>
+      <c r="D878" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E878" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F878" t="s">
+        <v>97</v>
+      </c>
+      <c r="G878" s="1" t="s">
+        <v>2689</v>
+      </c>
+      <c r="H878" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="879" spans="1:8">
+      <c r="A879" t="s">
+        <v>2691</v>
+      </c>
+      <c r="B879" t="s">
+        <v>9</v>
+      </c>
+      <c r="C879" t="s">
+        <v>969</v>
+      </c>
+      <c r="D879" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E879" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F879" t="s">
+        <v>97</v>
+      </c>
+      <c r="G879" s="1" t="s">
+        <v>2692</v>
+      </c>
+      <c r="H879" t="s">
+        <v>2693</v>
+      </c>
+    </row>
+    <row r="880" spans="1:8">
+      <c r="A880" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B880" t="s">
+        <v>9</v>
+      </c>
+      <c r="C880" t="s">
+        <v>739</v>
+      </c>
+      <c r="D880" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E880" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F880" t="s">
+        <v>97</v>
+      </c>
+      <c r="G880" s="1" t="s">
+        <v>2695</v>
+      </c>
+      <c r="H880" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="881" spans="1:8">
+      <c r="A881" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B881" t="s">
+        <v>9</v>
+      </c>
+      <c r="C881" t="s">
+        <v>345</v>
+      </c>
+      <c r="D881" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E881" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F881" t="s">
+        <v>97</v>
+      </c>
+      <c r="G881" s="1" t="s">
+        <v>2697</v>
+      </c>
+      <c r="H881" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="882" spans="1:8">
+      <c r="A882" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B882" t="s">
+        <v>9</v>
+      </c>
+      <c r="C882" t="s">
+        <v>743</v>
+      </c>
+      <c r="D882" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E882" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F882" t="s">
+        <v>97</v>
+      </c>
+      <c r="G882" s="1" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H882" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="883" spans="1:8">
+      <c r="A883" t="s">
+        <v>2702</v>
+      </c>
+      <c r="B883" t="s">
+        <v>9</v>
+      </c>
+      <c r="C883" t="s">
+        <v>972</v>
+      </c>
+      <c r="D883" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E883" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F883" t="s">
+        <v>97</v>
+      </c>
+      <c r="G883" s="1" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H883" t="s">
+        <v>2704</v>
+      </c>
+    </row>
+    <row r="884" spans="1:8">
+      <c r="A884" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B884" t="s">
+        <v>9</v>
+      </c>
+      <c r="C884" t="s">
+        <v>975</v>
+      </c>
+      <c r="D884" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E884" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F884" t="s">
+        <v>97</v>
+      </c>
+      <c r="G884" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H884" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="885" spans="1:8">
+      <c r="A885" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B885" t="s">
+        <v>9</v>
+      </c>
+      <c r="C885" t="s">
+        <v>1310</v>
+      </c>
+      <c r="D885" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E885" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F885" t="s">
+        <v>97</v>
+      </c>
+      <c r="G885" s="1" t="s">
+        <v>2709</v>
+      </c>
+      <c r="H885" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="886" spans="1:8">
+      <c r="A886" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B886" t="s">
+        <v>9</v>
+      </c>
+      <c r="C886" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D886" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E886" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F886" t="s">
+        <v>97</v>
+      </c>
+      <c r="G886" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="H886" t="s">
+        <v>2713</v>
+      </c>
+    </row>
+    <row r="887" spans="1:8">
+      <c r="A887" t="s">
+        <v>2714</v>
+      </c>
+      <c r="B887" t="s">
+        <v>9</v>
+      </c>
+      <c r="C887" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D887" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E887" t="s">
+        <v>2076</v>
+      </c>
+      <c r="F887" t="s">
+        <v>97</v>
+      </c>
+      <c r="G887" s="1" t="s">
+        <v>2715</v>
+      </c>
+      <c r="H887" t="s">
+        <v>2716</v>
+      </c>
+    </row>
+    <row r="888" spans="1:8">
+      <c r="A888" t="s">
+        <v>2717</v>
+      </c>
+      <c r="B888" t="s">
+        <v>9</v>
+      </c>
+      <c r="C888" t="s">
+        <v>10</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2718</v>
+      </c>
+      <c r="E888" t="s">
+        <v>2719</v>
+      </c>
+      <c r="F888" t="s">
+        <v>251</v>
+      </c>
+      <c r="G888" s="1" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H888" t="s">
+        <v>2721</v>
+      </c>
+    </row>
+    <row r="889" spans="1:8">
+      <c r="A889" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B889" t="s">
+        <v>9</v>
+      </c>
+      <c r="C889" t="s">
+        <v>449</v>
+      </c>
+      <c r="D889" t="s">
+        <v>2718</v>
+      </c>
+      <c r="E889" t="s">
+        <v>2719</v>
+      </c>
+      <c r="F889" t="s">
+        <v>173</v>
+      </c>
+      <c r="G889" s="1" t="s">
+        <v>2723</v>
+      </c>
+      <c r="H889" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="890" spans="1:8">
+      <c r="A890" t="s">
+        <v>2725</v>
+      </c>
+      <c r="B890" t="s">
+        <v>9</v>
+      </c>
+      <c r="C890" t="s">
+        <v>10</v>
+      </c>
+      <c r="D890" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E890" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F890" t="s">
         <v>13</v>
       </c>
-      <c r="G439" s="1" t="s">
-[...3 lines deleted...]
-        <v>1369</v>
+      <c r="G890" s="1" t="s">
+        <v>2728</v>
+      </c>
+      <c r="H890" t="s">
+        <v>2729</v>
+      </c>
+    </row>
+    <row r="891" spans="1:8">
+      <c r="A891" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B891" t="s">
+        <v>9</v>
+      </c>
+      <c r="C891" t="s">
+        <v>449</v>
+      </c>
+      <c r="D891" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E891" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F891" t="s">
+        <v>13</v>
+      </c>
+      <c r="G891" s="1" t="s">
+        <v>2731</v>
+      </c>
+      <c r="H891" t="s">
+        <v>2732</v>
+      </c>
+    </row>
+    <row r="892" spans="1:8">
+      <c r="A892" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B892" t="s">
+        <v>9</v>
+      </c>
+      <c r="C892" t="s">
+        <v>455</v>
+      </c>
+      <c r="D892" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E892" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F892" t="s">
+        <v>13</v>
+      </c>
+      <c r="G892" s="1" t="s">
+        <v>2734</v>
+      </c>
+      <c r="H892" t="s">
+        <v>2735</v>
+      </c>
+    </row>
+    <row r="893" spans="1:8">
+      <c r="A893" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B893" t="s">
+        <v>9</v>
+      </c>
+      <c r="C893" t="s">
+        <v>17</v>
+      </c>
+      <c r="D893" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E893" t="s">
+        <v>2727</v>
+      </c>
+      <c r="G893" s="1" t="s">
+        <v>2737</v>
+      </c>
+      <c r="H893" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="894" spans="1:8">
+      <c r="A894" t="s">
+        <v>2739</v>
+      </c>
+      <c r="B894" t="s">
+        <v>9</v>
+      </c>
+      <c r="C894" t="s">
+        <v>21</v>
+      </c>
+      <c r="D894" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E894" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F894" t="s">
+        <v>13</v>
+      </c>
+      <c r="G894" s="1" t="s">
+        <v>2740</v>
+      </c>
+      <c r="H894" t="s">
+        <v>2741</v>
+      </c>
+    </row>
+    <row r="895" spans="1:8">
+      <c r="A895" t="s">
+        <v>2742</v>
+      </c>
+      <c r="B895" t="s">
+        <v>9</v>
+      </c>
+      <c r="C895" t="s">
+        <v>25</v>
+      </c>
+      <c r="D895" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E895" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F895" t="s">
+        <v>251</v>
+      </c>
+      <c r="G895" s="1" t="s">
+        <v>2743</v>
+      </c>
+      <c r="H895" t="s">
+        <v>2744</v>
+      </c>
+    </row>
+    <row r="896" spans="1:8">
+      <c r="A896" t="s">
+        <v>2745</v>
+      </c>
+      <c r="B896" t="s">
+        <v>9</v>
+      </c>
+      <c r="C896" t="s">
+        <v>29</v>
+      </c>
+      <c r="D896" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E896" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F896" t="s">
+        <v>148</v>
+      </c>
+      <c r="G896" s="1" t="s">
+        <v>2746</v>
+      </c>
+      <c r="H896" t="s">
+        <v>2747</v>
+      </c>
+    </row>
+    <row r="897" spans="1:8">
+      <c r="A897" t="s">
+        <v>2748</v>
+      </c>
+      <c r="B897" t="s">
+        <v>9</v>
+      </c>
+      <c r="C897" t="s">
+        <v>467</v>
+      </c>
+      <c r="D897" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E897" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F897" t="s">
+        <v>138</v>
+      </c>
+      <c r="G897" s="1" t="s">
+        <v>2749</v>
+      </c>
+      <c r="H897" t="s">
+        <v>2750</v>
+      </c>
+    </row>
+    <row r="898" spans="1:8">
+      <c r="A898" t="s">
+        <v>2751</v>
+      </c>
+      <c r="B898" t="s">
+        <v>9</v>
+      </c>
+      <c r="C898" t="s">
+        <v>33</v>
+      </c>
+      <c r="D898" t="s">
+        <v>2726</v>
+      </c>
+      <c r="E898" t="s">
+        <v>2727</v>
+      </c>
+      <c r="F898" t="s">
+        <v>304</v>
+      </c>
+      <c r="G898" s="1" t="s">
+        <v>2752</v>
+      </c>
+      <c r="H898" t="s">
+        <v>2753</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -16386,50 +32789,509 @@
     <hyperlink ref="G415" r:id="rId414"/>
     <hyperlink ref="G416" r:id="rId415"/>
     <hyperlink ref="G417" r:id="rId416"/>
     <hyperlink ref="G418" r:id="rId417"/>
     <hyperlink ref="G419" r:id="rId418"/>
     <hyperlink ref="G420" r:id="rId419"/>
     <hyperlink ref="G421" r:id="rId420"/>
     <hyperlink ref="G422" r:id="rId421"/>
     <hyperlink ref="G423" r:id="rId422"/>
     <hyperlink ref="G424" r:id="rId423"/>
     <hyperlink ref="G425" r:id="rId424"/>
     <hyperlink ref="G426" r:id="rId425"/>
     <hyperlink ref="G427" r:id="rId426"/>
     <hyperlink ref="G428" r:id="rId427"/>
     <hyperlink ref="G429" r:id="rId428"/>
     <hyperlink ref="G430" r:id="rId429"/>
     <hyperlink ref="G431" r:id="rId430"/>
     <hyperlink ref="G432" r:id="rId431"/>
     <hyperlink ref="G433" r:id="rId432"/>
     <hyperlink ref="G434" r:id="rId433"/>
     <hyperlink ref="G435" r:id="rId434"/>
     <hyperlink ref="G436" r:id="rId435"/>
     <hyperlink ref="G437" r:id="rId436"/>
     <hyperlink ref="G438" r:id="rId437"/>
     <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
+    <hyperlink ref="G638" r:id="rId637"/>
+    <hyperlink ref="G639" r:id="rId638"/>
+    <hyperlink ref="G640" r:id="rId639"/>
+    <hyperlink ref="G641" r:id="rId640"/>
+    <hyperlink ref="G642" r:id="rId641"/>
+    <hyperlink ref="G643" r:id="rId642"/>
+    <hyperlink ref="G644" r:id="rId643"/>
+    <hyperlink ref="G645" r:id="rId644"/>
+    <hyperlink ref="G646" r:id="rId645"/>
+    <hyperlink ref="G647" r:id="rId646"/>
+    <hyperlink ref="G648" r:id="rId647"/>
+    <hyperlink ref="G649" r:id="rId648"/>
+    <hyperlink ref="G650" r:id="rId649"/>
+    <hyperlink ref="G651" r:id="rId650"/>
+    <hyperlink ref="G652" r:id="rId651"/>
+    <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
+    <hyperlink ref="G655" r:id="rId654"/>
+    <hyperlink ref="G656" r:id="rId655"/>
+    <hyperlink ref="G657" r:id="rId656"/>
+    <hyperlink ref="G658" r:id="rId657"/>
+    <hyperlink ref="G659" r:id="rId658"/>
+    <hyperlink ref="G660" r:id="rId659"/>
+    <hyperlink ref="G661" r:id="rId660"/>
+    <hyperlink ref="G662" r:id="rId661"/>
+    <hyperlink ref="G663" r:id="rId662"/>
+    <hyperlink ref="G664" r:id="rId663"/>
+    <hyperlink ref="G665" r:id="rId664"/>
+    <hyperlink ref="G666" r:id="rId665"/>
+    <hyperlink ref="G667" r:id="rId666"/>
+    <hyperlink ref="G668" r:id="rId667"/>
+    <hyperlink ref="G669" r:id="rId668"/>
+    <hyperlink ref="G670" r:id="rId669"/>
+    <hyperlink ref="G671" r:id="rId670"/>
+    <hyperlink ref="G672" r:id="rId671"/>
+    <hyperlink ref="G673" r:id="rId672"/>
+    <hyperlink ref="G674" r:id="rId673"/>
+    <hyperlink ref="G675" r:id="rId674"/>
+    <hyperlink ref="G676" r:id="rId675"/>
+    <hyperlink ref="G677" r:id="rId676"/>
+    <hyperlink ref="G678" r:id="rId677"/>
+    <hyperlink ref="G679" r:id="rId678"/>
+    <hyperlink ref="G680" r:id="rId679"/>
+    <hyperlink ref="G681" r:id="rId680"/>
+    <hyperlink ref="G682" r:id="rId681"/>
+    <hyperlink ref="G683" r:id="rId682"/>
+    <hyperlink ref="G684" r:id="rId683"/>
+    <hyperlink ref="G685" r:id="rId684"/>
+    <hyperlink ref="G686" r:id="rId685"/>
+    <hyperlink ref="G687" r:id="rId686"/>
+    <hyperlink ref="G688" r:id="rId687"/>
+    <hyperlink ref="G689" r:id="rId688"/>
+    <hyperlink ref="G690" r:id="rId689"/>
+    <hyperlink ref="G691" r:id="rId690"/>
+    <hyperlink ref="G692" r:id="rId691"/>
+    <hyperlink ref="G693" r:id="rId692"/>
+    <hyperlink ref="G694" r:id="rId693"/>
+    <hyperlink ref="G695" r:id="rId694"/>
+    <hyperlink ref="G696" r:id="rId695"/>
+    <hyperlink ref="G697" r:id="rId696"/>
+    <hyperlink ref="G698" r:id="rId697"/>
+    <hyperlink ref="G699" r:id="rId698"/>
+    <hyperlink ref="G700" r:id="rId699"/>
+    <hyperlink ref="G701" r:id="rId700"/>
+    <hyperlink ref="G702" r:id="rId701"/>
+    <hyperlink ref="G703" r:id="rId702"/>
+    <hyperlink ref="G704" r:id="rId703"/>
+    <hyperlink ref="G705" r:id="rId704"/>
+    <hyperlink ref="G706" r:id="rId705"/>
+    <hyperlink ref="G707" r:id="rId706"/>
+    <hyperlink ref="G708" r:id="rId707"/>
+    <hyperlink ref="G709" r:id="rId708"/>
+    <hyperlink ref="G710" r:id="rId709"/>
+    <hyperlink ref="G711" r:id="rId710"/>
+    <hyperlink ref="G712" r:id="rId711"/>
+    <hyperlink ref="G713" r:id="rId712"/>
+    <hyperlink ref="G714" r:id="rId713"/>
+    <hyperlink ref="G715" r:id="rId714"/>
+    <hyperlink ref="G716" r:id="rId715"/>
+    <hyperlink ref="G717" r:id="rId716"/>
+    <hyperlink ref="G718" r:id="rId717"/>
+    <hyperlink ref="G719" r:id="rId718"/>
+    <hyperlink ref="G720" r:id="rId719"/>
+    <hyperlink ref="G721" r:id="rId720"/>
+    <hyperlink ref="G722" r:id="rId721"/>
+    <hyperlink ref="G723" r:id="rId722"/>
+    <hyperlink ref="G724" r:id="rId723"/>
+    <hyperlink ref="G725" r:id="rId724"/>
+    <hyperlink ref="G726" r:id="rId725"/>
+    <hyperlink ref="G727" r:id="rId726"/>
+    <hyperlink ref="G728" r:id="rId727"/>
+    <hyperlink ref="G729" r:id="rId728"/>
+    <hyperlink ref="G730" r:id="rId729"/>
+    <hyperlink ref="G731" r:id="rId730"/>
+    <hyperlink ref="G732" r:id="rId731"/>
+    <hyperlink ref="G733" r:id="rId732"/>
+    <hyperlink ref="G734" r:id="rId733"/>
+    <hyperlink ref="G735" r:id="rId734"/>
+    <hyperlink ref="G736" r:id="rId735"/>
+    <hyperlink ref="G737" r:id="rId736"/>
+    <hyperlink ref="G738" r:id="rId737"/>
+    <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
+    <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
+    <hyperlink ref="G751" r:id="rId750"/>
+    <hyperlink ref="G752" r:id="rId751"/>
+    <hyperlink ref="G753" r:id="rId752"/>
+    <hyperlink ref="G754" r:id="rId753"/>
+    <hyperlink ref="G755" r:id="rId754"/>
+    <hyperlink ref="G756" r:id="rId755"/>
+    <hyperlink ref="G757" r:id="rId756"/>
+    <hyperlink ref="G758" r:id="rId757"/>
+    <hyperlink ref="G759" r:id="rId758"/>
+    <hyperlink ref="G760" r:id="rId759"/>
+    <hyperlink ref="G761" r:id="rId760"/>
+    <hyperlink ref="G762" r:id="rId761"/>
+    <hyperlink ref="G763" r:id="rId762"/>
+    <hyperlink ref="G764" r:id="rId763"/>
+    <hyperlink ref="G765" r:id="rId764"/>
+    <hyperlink ref="G766" r:id="rId765"/>
+    <hyperlink ref="G767" r:id="rId766"/>
+    <hyperlink ref="G768" r:id="rId767"/>
+    <hyperlink ref="G769" r:id="rId768"/>
+    <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
+    <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
+    <hyperlink ref="G800" r:id="rId799"/>
+    <hyperlink ref="G801" r:id="rId800"/>
+    <hyperlink ref="G802" r:id="rId801"/>
+    <hyperlink ref="G803" r:id="rId802"/>
+    <hyperlink ref="G804" r:id="rId803"/>
+    <hyperlink ref="G805" r:id="rId804"/>
+    <hyperlink ref="G806" r:id="rId805"/>
+    <hyperlink ref="G807" r:id="rId806"/>
+    <hyperlink ref="G808" r:id="rId807"/>
+    <hyperlink ref="G809" r:id="rId808"/>
+    <hyperlink ref="G810" r:id="rId809"/>
+    <hyperlink ref="G811" r:id="rId810"/>
+    <hyperlink ref="G812" r:id="rId811"/>
+    <hyperlink ref="G813" r:id="rId812"/>
+    <hyperlink ref="G814" r:id="rId813"/>
+    <hyperlink ref="G815" r:id="rId814"/>
+    <hyperlink ref="G816" r:id="rId815"/>
+    <hyperlink ref="G817" r:id="rId816"/>
+    <hyperlink ref="G818" r:id="rId817"/>
+    <hyperlink ref="G819" r:id="rId818"/>
+    <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
+    <hyperlink ref="G839" r:id="rId838"/>
+    <hyperlink ref="G840" r:id="rId839"/>
+    <hyperlink ref="G841" r:id="rId840"/>
+    <hyperlink ref="G842" r:id="rId841"/>
+    <hyperlink ref="G843" r:id="rId842"/>
+    <hyperlink ref="G844" r:id="rId843"/>
+    <hyperlink ref="G845" r:id="rId844"/>
+    <hyperlink ref="G846" r:id="rId845"/>
+    <hyperlink ref="G847" r:id="rId846"/>
+    <hyperlink ref="G848" r:id="rId847"/>
+    <hyperlink ref="G849" r:id="rId848"/>
+    <hyperlink ref="G850" r:id="rId849"/>
+    <hyperlink ref="G851" r:id="rId850"/>
+    <hyperlink ref="G852" r:id="rId851"/>
+    <hyperlink ref="G853" r:id="rId852"/>
+    <hyperlink ref="G854" r:id="rId853"/>
+    <hyperlink ref="G855" r:id="rId854"/>
+    <hyperlink ref="G856" r:id="rId855"/>
+    <hyperlink ref="G857" r:id="rId856"/>
+    <hyperlink ref="G858" r:id="rId857"/>
+    <hyperlink ref="G859" r:id="rId858"/>
+    <hyperlink ref="G860" r:id="rId859"/>
+    <hyperlink ref="G861" r:id="rId860"/>
+    <hyperlink ref="G862" r:id="rId861"/>
+    <hyperlink ref="G863" r:id="rId862"/>
+    <hyperlink ref="G864" r:id="rId863"/>
+    <hyperlink ref="G865" r:id="rId864"/>
+    <hyperlink ref="G866" r:id="rId865"/>
+    <hyperlink ref="G867" r:id="rId866"/>
+    <hyperlink ref="G868" r:id="rId867"/>
+    <hyperlink ref="G869" r:id="rId868"/>
+    <hyperlink ref="G870" r:id="rId869"/>
+    <hyperlink ref="G871" r:id="rId870"/>
+    <hyperlink ref="G872" r:id="rId871"/>
+    <hyperlink ref="G873" r:id="rId872"/>
+    <hyperlink ref="G874" r:id="rId873"/>
+    <hyperlink ref="G875" r:id="rId874"/>
+    <hyperlink ref="G876" r:id="rId875"/>
+    <hyperlink ref="G877" r:id="rId876"/>
+    <hyperlink ref="G878" r:id="rId877"/>
+    <hyperlink ref="G879" r:id="rId878"/>
+    <hyperlink ref="G880" r:id="rId879"/>
+    <hyperlink ref="G881" r:id="rId880"/>
+    <hyperlink ref="G882" r:id="rId881"/>
+    <hyperlink ref="G883" r:id="rId882"/>
+    <hyperlink ref="G884" r:id="rId883"/>
+    <hyperlink ref="G885" r:id="rId884"/>
+    <hyperlink ref="G886" r:id="rId885"/>
+    <hyperlink ref="G887" r:id="rId886"/>
+    <hyperlink ref="G888" r:id="rId887"/>
+    <hyperlink ref="G889" r:id="rId888"/>
+    <hyperlink ref="G890" r:id="rId889"/>
+    <hyperlink ref="G891" r:id="rId890"/>
+    <hyperlink ref="G892" r:id="rId891"/>
+    <hyperlink ref="G893" r:id="rId892"/>
+    <hyperlink ref="G894" r:id="rId893"/>
+    <hyperlink ref="G895" r:id="rId894"/>
+    <hyperlink ref="G896" r:id="rId895"/>
+    <hyperlink ref="G897" r:id="rId896"/>
+    <hyperlink ref="G898" r:id="rId897"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>