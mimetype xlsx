--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -201,62 +201,60 @@
   <si>
     <t>Projeto de Lei Complementar nº 1 de 2026</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>Altera a  Lei Complementar nº 5.149, de 30 de outubro de 2025,</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 3 de 2026</t>
   </si>
   <si>
     <t>RICARDO GERALDO DIAS</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de leitura presencial dos hidrometros para fins de faturamento do consumo de água ( COPASA) no Município e da outras providências.</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 1 de 2026</t>
   </si>
   <si>
     <t>MARCOS DA COSTA GARCIA</t>
   </si>
   <si>
-    <t>PROJETO DE DECRETO LEGISLATIVO N°     /2026_x000D_
-[...1 lines deleted...]
-Concede Título de Mulher Destaque - “SANDRA APARECIDA DA SILVA PIMENTEL “</t>
+    <t>Concede Título de Mulher Destaque - “SANDRA APARECIDA DA SILVA PIMENTEL “</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 2 de 2026</t>
   </si>
   <si>
     <t>VINÍCIUS MACHADO</t>
   </si>
   <si>
-    <t>Fica concedido o Título de HONRARIA MULHER DESTAQUE DE CATAGUASES à senhora Maria Emília de Almeida e Silva Elias</t>
+    <t>HONRARIA MULHER DESTAQUE DE CATAGUASES à senhora Maria Emília de Almeida e Silva Elias</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 3 de 2026</t>
   </si>
   <si>
     <t>ANTÔNIO GILMAR DE OLIVEIRA (Gilmar Canjica)</t>
   </si>
   <si>
     <t>Fica concedido o Título de Honraria MULHER DESTAQUE DE CATAGUASES a  Sra. Clarice  Aguiar Luquini .</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo nº 4 de 2026</t>
   </si>
   <si>
     <t>Fica concedido o Título de HONRARIA MULHER DESTAQUE DE CATAGUASES a  Sra. Terezinha Machado Diniz De Souza Lima .</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>